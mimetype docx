--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -9,8229 +9,9626 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7D296E4D" w14:textId="5988CA5B" w:rsidR="00F42399" w:rsidRPr="004A610E" w:rsidRDefault="00D23905" w:rsidP="004A610E">
+    <w:p w14:paraId="7D296E4D" w14:textId="09E2EB34" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="004A610E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>FORMAT ABSTRACT</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="830010"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> English</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Italiano</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1954" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...21 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cod.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3979802D" w14:textId="13D15428" w:rsidR="00F42399" w:rsidRPr="00130B68" w:rsidRDefault="00D23905" w:rsidP="00891AA6">
+    <w:p w14:paraId="48A8A5FB" w14:textId="24BFA312" w:rsidR="00957D98" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00957D98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Fill in only one of the two formats, depending on the type of abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00130B68">
+        <w:t xml:space="preserve"> (Essays and Point of View or Research and Experimentation)</w:t>
+      </w:r>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Essays and Point of View or Research and Experimentation)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00891AA6" w:rsidRPr="00130B68">
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Compilare solo uno dei due format, a seconda della tipologia di abstract (Saggi e Punti di Vista o Ricerca e Sperimentazione)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3979802D" w14:textId="6165D858" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00F42399" w:rsidP="00891AA6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7711D45C" w14:textId="77777777" w:rsidR="00891AA6" w:rsidRPr="00130B68" w:rsidRDefault="00891AA6" w:rsidP="00891AA6">
+    <w:p w14:paraId="7711D45C" w14:textId="77777777" w:rsidR="00891AA6" w:rsidRPr="00777F29" w:rsidRDefault="00891AA6" w:rsidP="00891AA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="004BFDC1" w14:textId="58A8E589" w:rsidR="00891AA6" w:rsidRDefault="00891AA6" w:rsidP="009E0200">
+    <w:p w14:paraId="004BFDC1" w14:textId="58A8E589" w:rsidR="00891AA6" w:rsidRPr="00777F29" w:rsidRDefault="00891AA6" w:rsidP="009E0200">
       <w:pPr>
         <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>All fields must be completed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. We remind you </w:t>
       </w:r>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>not to include specific identifying elements in the text of the abstract</w:t>
       </w:r>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="006240AD">
+      <w:r w:rsidR="006240AD" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the affiliation Department (you can in any case, mention the University, which does not represent an element of recognition).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4810D6A5" w14:textId="77777777" w:rsidR="00130B68" w:rsidRPr="00130B68" w:rsidRDefault="00130B68" w:rsidP="00130B68">
+    <w:p w14:paraId="72BD6D1C" w14:textId="77777777" w:rsidR="00194144" w:rsidRPr="00777F29" w:rsidRDefault="00194144" w:rsidP="00194144">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7887016B" w14:textId="175353AA" w:rsidR="00194144" w:rsidRPr="00777F29" w:rsidRDefault="00194144" w:rsidP="00194144">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Compilare solo uno dei due format, a seconda della tipologia di abstract (Saggi e Punti di Vista o Ricerca e Sperimentazione)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4E567C" w14:textId="77777777" w:rsidR="00194144" w:rsidRPr="00777F29" w:rsidRDefault="00194144" w:rsidP="00194144">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E58D38C" w14:textId="77777777" w:rsidR="00194144" w:rsidRPr="00777F29" w:rsidRDefault="00194144" w:rsidP="00194144">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tutti i campi devono essere compilati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Si raccomanda di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non includere </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nell’abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alcun elemento che consenta l’identificazione </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>degli autori, inclusa la Struttura di afferenza (è possibile citare solo il nome dell’Ateneo che, non rappresenta un elemento di identificazione).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4810D6A5" w14:textId="77777777" w:rsidR="00130B68" w:rsidRPr="00777F29" w:rsidRDefault="00130B68" w:rsidP="00130B68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05371019" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00E5174E" w:rsidRDefault="00D23905">
+    <w:p w14:paraId="05371019" w14:textId="1B29997D" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="830010"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk100134415"/>
-      <w:r w:rsidRPr="00E5174E">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Essays and Point of View</w:t>
+        <w:t xml:space="preserve">Essays and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A723BC" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Viewpoints</w:t>
+      </w:r>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Saggi e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Punti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di Vista</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="2C714914" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00130B68" w:rsidRDefault="00F42399">
+    <w:p w14:paraId="2C714914" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00F42399">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="5664"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003749D6" w14:paraId="76D0E27B" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="003749D6" w:rsidRPr="00777F29" w14:paraId="76D0E27B" w14:textId="77777777" w:rsidTr="005D0576">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="830010"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43477F09" w14:textId="7746A31E" w:rsidR="003749D6" w:rsidRPr="00985351" w:rsidRDefault="003749D6" w:rsidP="007F18BB">
+          <w:p w14:paraId="43477F09" w14:textId="158C14BC" w:rsidR="003749D6" w:rsidRPr="00777F29" w:rsidRDefault="003749D6" w:rsidP="007F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Topic</w:t>
             </w:r>
-            <w:r w:rsidR="005F66EF" w:rsidRPr="00985351">
+            <w:r w:rsidR="005F66EF" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005F66EF" w:rsidRPr="00985351">
+            <w:r w:rsidR="005F66EF" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>n.</w:t>
             </w:r>
-            <w:r w:rsidR="001E4961" w:rsidRPr="00985351">
+            <w:r w:rsidR="001E4961" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00CF75CF" w:rsidRPr="00985351">
+            <w:r w:rsidR="00CF75CF" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>in reference to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00CF75CF" w:rsidRPr="00985351">
+            <w:r w:rsidR="00CF75CF" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> the call for abstracts</w:t>
             </w:r>
-            <w:r w:rsidR="001E4961" w:rsidRPr="00985351">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in riferimento alla call for abstracts)</w:t>
+            </w:r>
+            <w:r w:rsidR="001E4961" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5664" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28FC6C3B" w14:textId="3932AE5C" w:rsidR="003749D6" w:rsidRDefault="003749D6" w:rsidP="007F18BB">
+          <w:p w14:paraId="28FC6C3B" w14:textId="3932AE5C" w:rsidR="003749D6" w:rsidRPr="00777F29" w:rsidRDefault="003749D6" w:rsidP="007F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="80"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="110D4E5F" w14:textId="07B3DA62" w:rsidR="00F42399" w:rsidRPr="00130B68" w:rsidRDefault="00F42399" w:rsidP="00891AA6">
+    <w:p w14:paraId="110D4E5F" w14:textId="07B3DA62" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00F42399" w:rsidP="00891AA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="23988873" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="23988873" w14:textId="77777777" w:rsidTr="005D0576">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="654F05A5" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="654F05A5" w14:textId="4A34A84C" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00194144">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(max 95 characters, including spaces)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Titolo</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(max 95 caratteri, spazi inclusi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="6F0839DC" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="6F0839DC" w14:textId="77777777" w:rsidTr="005D0576">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB760C5" w14:textId="07D78126" w:rsidR="00F42399" w:rsidRDefault="00985351" w:rsidP="00985351">
+          <w:p w14:paraId="2DB760C5" w14:textId="07D78126" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00985351" w:rsidP="00985351">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="95"/>
                     <w:format w:val="Tutto maiuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Testo12"/>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="105B81A0" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="105B81A0" w14:textId="77777777" w:rsidTr="005D0576">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29A09406" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="29A09406" w14:textId="223CBD02" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Keywords</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (max 5)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Parole chiave</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (max 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="0E14A94D" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="0E14A94D" w14:textId="77777777" w:rsidTr="005D0576">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="218889A1" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00985351">
+          <w:p w14:paraId="218889A1" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00985351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="742E2DF8" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="742E2DF8" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:trHeight w:hRule="exact" w:val="741"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49AFB136" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="49AFB136" w14:textId="2937E9C6" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Cultural and scientific background and critical framing of the debate</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">(max 1.000 </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>characters, including spaces)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Background culturale e scientifico e inquadramento critico del dibattito</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(max 1.000 caratteri, spazi inclusi</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="5007F7F1" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="5007F7F1" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:val="1417"/>
+          <w:trHeight w:val="884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA67CA1" w14:textId="29CF7C57" w:rsidR="00F42399" w:rsidRDefault="00985351" w:rsidP="00985351">
+          <w:p w14:paraId="2AA67CA1" w14:textId="29CF7C57" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00985351" w:rsidP="00985351">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="1000"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="40AA1DD2" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="40AA1DD2" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:trHeight w:hRule="exact" w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBFAF04" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="5CBFAF04" w14:textId="418B20A7" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical-methodological approach </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">(max 1.000 </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>characters, including spaces</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approccio teorico-metodologico </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(max 1.000 </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>caratteri, spazi inclusi</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="0D4BBE6F" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="0D4BBE6F" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:val="1417"/>
+          <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5946D44F" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00985351">
+          <w:p w14:paraId="5946D44F" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00985351">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="1000"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008409BF" w:rsidRPr="00CA7BF7" w14:paraId="4C6B87F9" w14:textId="77777777" w:rsidTr="008409BF">
+      <w:tr w:rsidR="008409BF" w:rsidRPr="00777F29" w14:paraId="4C6B87F9" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:trHeight w:hRule="exact" w:val="688"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45AE57CF" w14:textId="50D161F3" w:rsidR="008409BF" w:rsidRPr="00985351" w:rsidRDefault="008409BF">
+          <w:p w14:paraId="45AE57CF" w14:textId="162A09B8" w:rsidR="008409BF" w:rsidRPr="00777F29" w:rsidRDefault="008409BF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Thesis asserted and proposals, appropriately argued </w:t>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(max 2.000 characters, including spaces)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tesi sostenuta e proposte avanzate, opportunamente argomentate </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(max 2.000 caratteri, spazi inclusi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="21F54612" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="21F54612" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:val="1417"/>
+          <w:trHeight w:val="872"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36CAED10" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00985351">
+          <w:p w14:paraId="36CAED10" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00985351">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2000"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="354CDE1D" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="354CDE1D" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:trHeight w:hRule="exact" w:val="583"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="598DF069" w14:textId="1CA1E159" w:rsidR="00F42399" w:rsidRDefault="00786558">
+          <w:p w14:paraId="598DF069" w14:textId="0B8026C7" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00786558">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference bibliography </w:t>
             </w:r>
-            <w:r w:rsidR="00D23905">
+            <w:r w:rsidR="00D23905" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(min3 max5 references; it is not possible to include any self-citation of the Author/s of the abstract)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliografia di riferimento </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(min3 max5 riferimenti bibliografici, non è consentita alcuna autocitazione degli Autori)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="34DC3C87" w14:textId="77777777" w:rsidTr="005D0576">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="34DC3C87" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:val="1417"/>
+          <w:trHeight w:val="822"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60F1BC93" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00985351">
+          <w:p w14:paraId="60F1BC93" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00985351">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="000ADAD1" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+    <w:p w14:paraId="000ADAD1" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17BA56FC" w14:textId="5551D39E" w:rsidR="006240AD" w:rsidRPr="004A610E" w:rsidRDefault="006240AD" w:rsidP="006240AD">
+    <w:p w14:paraId="17BA56FC" w14:textId="5FEB04FA" w:rsidR="006240AD" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="006240AD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>FORMAT ABSTRACT</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="830010"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> English</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Italiano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1954" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cod.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A7AF7A" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00130B68" w:rsidRDefault="006240AD" w:rsidP="006240AD">
+    <w:p w14:paraId="0C938BDF" w14:textId="77777777" w:rsidR="00957D98" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="00957D98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Fill in only one of the two formats, depending on the type of abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00130B68">
+        <w:t xml:space="preserve"> (Essays and Point of View or Research and Experimentation)</w:t>
+      </w:r>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Essays and Point of View or Research and Experimentation).</w:t>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Compilare solo uno dei due format, a seconda della tipologia di abstract (Saggi e Punti di Vista o Ricerca e Sperimentazione)</w:t>
+      </w:r>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5603C26C" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00130B68" w:rsidRDefault="006240AD" w:rsidP="006240AD">
+    <w:p w14:paraId="62A7AF7A" w14:textId="562AE3AE" w:rsidR="006240AD" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="006240AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5603C26C" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="006240AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="694680AC" w14:textId="77777777" w:rsidR="006240AD" w:rsidRDefault="006240AD" w:rsidP="009E0200">
+    <w:p w14:paraId="694680AC" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="009E0200">
       <w:pPr>
         <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>All fields must be completed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. We remind you </w:t>
       </w:r>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>not to include specific identifying elements in the text of the abstract</w:t>
       </w:r>
-      <w:r w:rsidRPr="00130B68">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>, as the affiliation Department (you can in any case, mention the University, which does not represent an element of recognition).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC30ADC" w14:textId="77777777" w:rsidR="00194144" w:rsidRPr="00777F29" w:rsidRDefault="00194144" w:rsidP="00194144">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00130B68">
+        </w:rPr>
+        <w:t>Compilare solo uno dei due format, a seconda della tipologia di abstract (Saggi e Punti di Vista o Ricerca e Sperimentazione)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="588489F0" w14:textId="77777777" w:rsidR="00194144" w:rsidRPr="00777F29" w:rsidRDefault="00194144" w:rsidP="00194144">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FACAB3B" w14:textId="77777777" w:rsidR="00194144" w:rsidRPr="00777F29" w:rsidRDefault="00194144" w:rsidP="00194144">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> the affiliation Department (you can in any case, mention the University, which does not represent an element of recognition).</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tutti i campi devono essere compilati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Si raccomanda di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non includere </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nell’abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alcun elemento che consenta l’identificazione </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>degli autori, inclusa la Struttura di afferenza (è possibile citare solo il nome dell’Ateneo che, non rappresenta un elemento di identificazione).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E56414A" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="006240AD" w:rsidRDefault="006240AD" w:rsidP="006240AD">
+    <w:p w14:paraId="6E56414A" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="006240AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:color w:val="830010"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34BC772E" w14:textId="1DFCC9F8" w:rsidR="00F42399" w:rsidRPr="00CA4CF7" w:rsidRDefault="00D23905">
+    <w:p w14:paraId="34BC772E" w14:textId="53DFF6FF" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="830010"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00775F66">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Research and Experimentation</w:t>
       </w:r>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ricerca e Sperimentazione</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="784B91C9" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00130B68" w:rsidRDefault="006240AD" w:rsidP="006240AD">
+    <w:p w14:paraId="784B91C9" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="006240AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="5664"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006240AD" w14:paraId="2C1222B5" w14:textId="77777777" w:rsidTr="007F18BB">
+      <w:tr w:rsidR="006240AD" w:rsidRPr="00777F29" w14:paraId="2C1222B5" w14:textId="77777777" w:rsidTr="007F18BB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="830010"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0624B8E5" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00985351" w:rsidRDefault="006240AD" w:rsidP="007F18BB">
+          <w:p w14:paraId="0624B8E5" w14:textId="16DD205D" w:rsidR="006240AD" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="007F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Topic </w:t>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>n.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>in reference to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00985351">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> the call for abstracts)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Topic </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n.</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (in riferimento alla call for abstracts)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5664" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49D5D9D2" w14:textId="77777777" w:rsidR="006240AD" w:rsidRDefault="006240AD" w:rsidP="007F18BB">
+          <w:p w14:paraId="49D5D9D2" w14:textId="77777777" w:rsidR="006240AD" w:rsidRPr="00777F29" w:rsidRDefault="006240AD" w:rsidP="007F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="80"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D34DD3A" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="006240AD" w:rsidRDefault="00F42399">
+    <w:p w14:paraId="3D34DD3A" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00F42399">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="765F3CA1" w14:textId="77777777" w:rsidTr="00373DF2">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="765F3CA1" w14:textId="77777777" w:rsidTr="00373DF2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7281BDE7" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="7281BDE7" w14:textId="11264043" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(max 95 characters, including spaces)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Titolo</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(max 95 caratteri, spazi inclusi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="7AC73E77" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="7AC73E77" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA5D41D" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="0017230B">
+          <w:p w14:paraId="3EA5D41D" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="0017230B">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="95"/>
                     <w:format w:val="Tutto maiuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="46B7CA97" w14:textId="77777777" w:rsidTr="00F25700">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="46B7CA97" w14:textId="77777777" w:rsidTr="00F25700">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48B44494" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="48B44494" w14:textId="26EB8033" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Keywords</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (max 5)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Parole chiave</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (max 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="284002B5" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="284002B5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E3E11E" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="0017230B">
+          <w:p w14:paraId="13E3E11E" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="0017230B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                     <w:format w:val="Tutto minuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="3F58170A" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="3F58170A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB4A62E" w14:textId="49ADC00A" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="3AB4A62E" w14:textId="2AEFB7F1" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Object and goals of the research, framed with respect to the state of the art and the contents of the Call </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">(max </w:t>
             </w:r>
-            <w:r w:rsidR="006078B3">
+            <w:r w:rsidR="006078B3" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>00 characters, including spaces)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oggetto e obiettivi della ricerca, inquadrati rispetto allo stato dell'arte e ai contenuti della Call </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(max 500 caratteri, spazi inclusi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="7FEF6945" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="7FEF6945" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3178BCCA" w14:textId="064DF974" w:rsidR="00F42399" w:rsidRDefault="006078B3" w:rsidP="0017230B">
+          <w:p w14:paraId="3178BCCA" w14:textId="064DF974" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="006078B3" w:rsidP="0017230B">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="500"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="74591078" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="74591078" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA67EBE" w14:textId="3751C02A" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="1EA67EBE" w14:textId="6D8FF94C" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Methodology, research structure and results (analytical aspects, proposals and/or debates, summarized in sufficient detail to support the results obtained) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(max 2.</w:t>
             </w:r>
-            <w:r w:rsidR="006078B3">
+            <w:r w:rsidR="00763D81" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">200 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>00 characters, including spaces)</w:t>
+              <w:t>characters, including spaces)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metodologia, articolazione e risultati della ricerca (aspetti analitici, propositivi e/o di dibattito, sintetizzati con un dettaglio sufficiente a supportare gli esiti conseguiti) </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(max 2.200 caratteri, spazi inclusi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="1638E7CB" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="1638E7CB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17D9B672" w14:textId="52571813" w:rsidR="00F42399" w:rsidRDefault="006078B3">
+          <w:p w14:paraId="17D9B672" w14:textId="52571813" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="006078B3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2300"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="2E612094" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="2E612094" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="202108F3" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="202108F3" w14:textId="24ED6DA5" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elements of originality and innovation, limits and possible developments</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">of research </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(max 800 characters, including spaces)</w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elementi di originalità e innovazione, limiti e possibili sviluppi della ricerca </w:t>
+            </w:r>
+            <w:r w:rsidR="00194144" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(max 800 caratteri, spazi inclusi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="27B8A345" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="27B8A345" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F2BA07C" w14:textId="4B345626" w:rsidR="00F42399" w:rsidRDefault="003703FA" w:rsidP="00691B75">
+          <w:p w14:paraId="5F2BA07C" w14:textId="4B345626" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="003703FA" w:rsidP="00691B75">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="800"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="7C67D65C" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="7C67D65C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="715C48F5" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="715C48F5" w14:textId="0F9E36CF" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Research beneficiaries and cultural, scientific, applicative and/or socio-economic implications</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(max 500 characters, including spaces)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Destinatari della ricerca e sue implicazioni culturali, scientifiche, applicative e/o socio-economiche</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(max 500 caratteri, spazi inclusi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="7045FF55" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="7045FF55" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36979543" w14:textId="11145253" w:rsidR="00F42399" w:rsidRDefault="003703FA" w:rsidP="00691B75">
+          <w:p w14:paraId="36979543" w14:textId="11145253" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="003703FA" w:rsidP="00691B75">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="500"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="587F5085" w14:textId="77777777" w:rsidTr="00F25700">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="587F5085" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:trHeight w:hRule="exact" w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48615178" w14:textId="7090AF2C" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="48615178" w14:textId="6DE507F9" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference bibliography </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(min3 max5 references; it is not possible to include any self-citation of the Author/s of the abstract)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliografia di riferimento </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(min3 max5 riferimenti bibliografici, non è consentita alcuna autocitazione degli Autori)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w14:paraId="7D526C78" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="7D526C78" w14:textId="77777777" w:rsidTr="00777F29">
         <w:trPr>
-          <w:trHeight w:val="720"/>
+          <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2740D5AF" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00691B75">
+          <w:p w14:paraId="2740D5AF" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00691B75">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E1825E3" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="0043210B" w:rsidRDefault="00F42399">
+    <w:p w14:paraId="5E1825E3" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00F42399">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41811C2D" w14:textId="7318D779" w:rsidR="00F42399" w:rsidRPr="00613818" w:rsidRDefault="00D23905" w:rsidP="009E0200">
+    <w:p w14:paraId="41811C2D" w14:textId="7318D779" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="009E0200">
       <w:pPr>
         <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043210B">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>All fields must be completed</w:t>
       </w:r>
-      <w:r w:rsidRPr="0043210B">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. We remind you </w:t>
       </w:r>
-      <w:r w:rsidRPr="0043210B">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>not to include specific identifying elements in the text of the abstract</w:t>
       </w:r>
-      <w:r w:rsidRPr="0043210B">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, including the affiliation Department (you can in any case, mention the University, which does not represent an element of recognition).</w:t>
       </w:r>
-      <w:r w:rsidR="00613818">
+      <w:r w:rsidR="00613818" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0043210B">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Instead, this information may be indicated below</w:t>
       </w:r>
-      <w:r w:rsidR="00786558">
+      <w:r w:rsidR="00786558" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00786558" w:rsidRPr="00786558">
+        <w:t xml:space="preserve"> (will subsequently be made anonymous by the Editorial staff)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">(will subsequently be made anonymous by the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00786558">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046659FA" w14:textId="77777777" w:rsidR="00D075E8" w:rsidRPr="00777F29" w:rsidRDefault="00D075E8" w:rsidP="00D075E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15E34DBC" w14:textId="3319EB58" w:rsidR="00D075E8" w:rsidRPr="00777F29" w:rsidRDefault="00D075E8" w:rsidP="00D075E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tutti i campi devono essere compilati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Si ricorda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>di non inserire nel testo dell'abstract specifici elementi identificativi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, compresa la Struttura di afferenza (è possibile citare l'Ateneo, che non rappresenta un elemento di riconoscimento). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Tali informazioni possono essere indicate di seguito (verranno successivamente rese anonime dalla Redazione):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B7E5D9" w14:textId="77777777" w:rsidR="00D075E8" w:rsidRPr="00777F29" w:rsidRDefault="00D075E8" w:rsidP="009E0200">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ditorial staff)</w:t>
-[...12 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1122D220" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="0043210B" w:rsidRDefault="00F42399">
+    <w:p w14:paraId="1122D220" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00F42399">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="63F0F639" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="63F0F639" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE3DF0D" w14:textId="4CAE9BAD" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="0017230B">
+          <w:p w14:paraId="7FE3DF0D" w14:textId="177F8FCA" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="0017230B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Information relating to the research(s) illustrated</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informazioni relative alla ricerca o alle ricerche illustrate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42399" w:rsidRPr="00CA7BF7" w14:paraId="0B05DFEB" w14:textId="77777777">
+      <w:tr w:rsidR="00F42399" w:rsidRPr="00777F29" w14:paraId="0B05DFEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E22D654" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00D32197">
+          <w:p w14:paraId="2E22D654" w14:textId="475BCED9" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00D32197">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Title: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D32197">
+              <w:t>Research Title</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Titolo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>della</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ricercar:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Testo14"/>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
-          <w:p w14:paraId="09852465" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00D32197">
+          <w:p w14:paraId="09852465" w14:textId="281B2696" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00D32197">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Responsible/s: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D32197">
+              <w:t>Scientific Responsible/s</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Responsabile/i scientifico/i:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Testo15"/>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
-          <w:p w14:paraId="53D1DBEE" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00D32197">
+          <w:p w14:paraId="53D1DBEE" w14:textId="34A41478" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00D32197">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Project and Funding Typology: </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Project and Funding Typology</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tipologia di progetto e di finanziamento:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">(es.: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>International, National and University research programs (Horizon, ERC, PRIN, etc.); agreements and conventions with public institution and third-mission activities; research contracts)</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>International, National and University research programs (Horizon, ERC, PRIN, etc.); agreements and conventions with public institution and third-mission activities; research contracts</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">es. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>bandi competitivi internazionali, nazionali e di Ateneo – Horizon, ERC, PRIN, ecc.; accordi e convenzioni con enti pubblici e attività di terza missione; contratti conto terzi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D32197">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Testo16"/>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D32197">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w14:paraId="34EF1DDE" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00865B34">
+          <w:p w14:paraId="34EF1DDE" w14:textId="3893F238" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00865B34">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stakeholders: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00865B34">
+              <w:t>Stakeholders</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Soggetti coinvolti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Testo17"/>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
-          <w:p w14:paraId="54599069" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905" w:rsidP="00865B34">
+          <w:p w14:paraId="54599069" w14:textId="7E19E736" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00865B34">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Role of the Author/s in the Research: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00865B34">
+              <w:t>Role of the Author/s in the Research</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ruolo del/degli Autore/i nella ricerca</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Testo18"/>
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00865B34">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="00865B34">
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EFC78AE" w14:textId="77777777" w:rsidR="000C5D7C" w:rsidRDefault="000C5D7C" w:rsidP="009324AD">
+    <w:p w14:paraId="7EFC78AE" w14:textId="77777777" w:rsidR="000C5D7C" w:rsidRPr="00777F29" w:rsidRDefault="000C5D7C" w:rsidP="009324AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63969D35" w14:textId="5125B2EC" w:rsidR="00E377B2" w:rsidRPr="009324AD" w:rsidRDefault="00E377B2" w:rsidP="00E377B2">
+    <w:p w14:paraId="0EE58C2F" w14:textId="77777777" w:rsidR="00D075E8" w:rsidRPr="00777F29" w:rsidRDefault="00E377B2" w:rsidP="00E377B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C5D7C">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Advanced Research (Under 35)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57153">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> select only if all the authors of the abstract are Under 35</w:t>
       </w:r>
-      <w:r w:rsidR="00890D4A">
+      <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ricerca (Under 35)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> selezionare solo se tutti gli autori dell'abstract sono Under 35</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084771F6" w14:textId="77777777" w:rsidR="00D075E8" w:rsidRPr="00777F29" w:rsidRDefault="00D075E8" w:rsidP="00E377B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63969D35" w14:textId="15B2207B" w:rsidR="00E377B2" w:rsidRPr="00777F29" w:rsidRDefault="00E377B2" w:rsidP="00E377B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00E377B2">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00E377B2">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009324AD">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="009324AD" w:rsidRPr="009324AD">
+      <w:r w:rsidR="009324AD" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ll authors are Under 35</w:t>
       </w:r>
+      <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tutti gli autori sono Under 35</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7B6BF0B1" w14:textId="2EE35EFF" w:rsidR="00F42399" w:rsidRPr="000C5D7C" w:rsidRDefault="00D23905">
+    <w:p w14:paraId="7B6BF0B1" w14:textId="2EE35EFF" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C5D7C">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC2A896" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00CA7BF7" w:rsidRDefault="00D23905" w:rsidP="00786558">
+    <w:p w14:paraId="1CC2A896" w14:textId="7E1D59BF" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00D23905" w:rsidP="00786558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">AUTHORS SHEET </w:t>
-[...12 lines deleted...]
-      <w:r>
+        <w:t>AUTHORS SHEET -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="830010"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> English</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> Engli</w:t>
+      </w:r>
+      <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="830010"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sh / Italiano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F1408E" w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cod.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CA384A" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00CA7BF7" w:rsidRDefault="00786558" w:rsidP="00786558">
+    <w:p w14:paraId="72CA384A" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00786558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52DE58C1" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00CA7BF7" w:rsidRDefault="00786558" w:rsidP="00786558">
+    <w:p w14:paraId="52DE58C1" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00786558">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="830010"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="830010"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA7BF7">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PRIMARY CONTAC</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA7BF7">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="830010"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="6656"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="69E1A47E" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="69E1A47E" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36FFD747" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="36FFD747" w14:textId="0E21BC47" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Nome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF29F9B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="0FF29F9B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="Iniziali maiuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="3E7A5646" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="3E7A5646" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="107075E7" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="107075E7" w14:textId="60775E1F" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4567E99F" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="4567E99F" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="Iniziali maiuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Testo3"/>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="0DA282B2" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="0DA282B2" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="764C8947" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="764C8947" w14:textId="0F9D8818" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Data di Nascita</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="713B5E6D" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="713B5E6D" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Testo2"/>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(dd/mm/yyyy)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="4EBC0B26" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="4EBC0B26" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E7CAD53" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="2E7CAD53" w14:textId="4708E5E7" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+              <w:t>Gende</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gender</w:t>
+              <w:t>r / Genere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001207A6" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="001207A6" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Female"/>
                     <w:listEntry w:val="Male"/>
                     <w:listEntry w:val="Other"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (select an option)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="38AF28D8" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="38AF28D8" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F049237" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="1F049237" w14:textId="2F8935CF" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Country</w:t>
+            </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Paese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6A0E31" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="0D6A0E31" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="Iniziali maiuscole"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="00CA7BF7" w14:paraId="2B44EA56" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="2B44EA56" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32BEC567" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="32BEC567" w14:textId="73184AAE" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Affiliation</w:t>
             </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Affiliazione</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5BA7DF93" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="5BA7DF93" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5238FE77" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00B2100F" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="5238FE77" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B2100F">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Official name of the University </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00B2100F">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F8702EE" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00B2100F" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="6F8702EE" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B2100F">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Official name of the Department/School </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Testo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Testo1"/>
-            <w:r w:rsidRPr="00B2100F">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
-          <w:p w14:paraId="29884D4A" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="29884D4A" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>As an alternative</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D09C7DA" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00B2100F" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="6D09C7DA" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B2100F">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Official name of another Institute/Company/Center/Studio of afference, other </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003F7E2E">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="00CA7BF7" w14:paraId="617FA526" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="617FA526" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDEADB4" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="0DDEADB4" w14:textId="4CEE1E09" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Role</w:t>
             </w:r>
+            <w:r w:rsidR="00D075E8" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Ruolo</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="32BA784E" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="32BA784E" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A61EBB" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="36A61EBB" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Academic role </w:t>
             </w:r>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="---"/>
                     <w:listEntry w:val="Assistant Professor"/>
                     <w:listEntry w:val="PhD candidate"/>
                     <w:listEntry w:val="Postdoc "/>
                     <w:listEntry w:val="Research Fellow"/>
                     <w:listEntry w:val="Research Fellow (Lecturer A, B)"/>
                     <w:listEntry w:val="Senior Lecturer (B)"/>
                     <w:listEntry w:val="Associate Professor"/>
                     <w:listEntry w:val="Full Professor (Senior Research)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (select an option)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DF5AFF9" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="1DF5AFF9" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>As an alternative</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="756C943B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="756C943B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (specify) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="6F6A2BC7" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="6F6A2BC7" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78EF9D9C" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="78EF9D9C" w14:textId="22C9B1F5" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>SDS Scientific Disciplinary Sector</w:t>
             </w:r>
+            <w:r w:rsidR="00F90F55" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Settore Scientifico Disciplinare</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="1B7E5EB6" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="1B7E5EB6" w14:textId="261FF845" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786558">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>only if relevant</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90F55" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / solo se rilevante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A043B77" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="5A043B77" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(specify acronym)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="672416ED" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="672416ED" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="571E728B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="571E728B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ORCID iD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="461D2513" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="461D2513" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="3F6ECBCA" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="3F6ECBCA" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9077CF" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="6E9077CF" w14:textId="7C336627" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SITdA Member</w:t>
+            </w:r>
+            <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Socio SITdA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="375127C0" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="375127C0" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Elenco3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="YES"/>
                     <w:listEntry w:val="NO"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Elenco3"/>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(select an option)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="64D72BCB" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="64D72BCB" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="188CD276" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="188CD276" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D72B6AE" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="6D72B6AE" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="27FE8377" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="27FE8377" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB7EAE1" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="2DB7EAE1" w14:textId="7E5FE1DB" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Phone number</w:t>
+            </w:r>
+            <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Telefono</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03BA954E" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="03BA954E" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="71FAB003" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="71FAB003" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A06338F" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="6A06338F" w14:textId="3A6196AB" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
+            </w:r>
+            <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="830010"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Indirizzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF4F228" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="0AF4F228" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="78345DA5" w14:textId="77777777" w:rsidTr="00986D3A">
+      <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="78345DA5" w14:textId="77777777" w:rsidTr="00986D3A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="393F47DF" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="393F47DF" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="830010"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Biostatement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB4F553" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+          <w:p w14:paraId="4BB4F553" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="700"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D6034">
+            <w:r w:rsidRPr="00777F29">
               <w:rPr>
                 <w:rStyle w:val="Stile1"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(max 700 characters)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BF983BF" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00786558">
+    <w:p w14:paraId="0BF983BF" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00786558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E3FF326" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00786558">
+    <w:p w14:paraId="7E3FF326" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00786558">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="830010"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D6034">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
         <w:t xml:space="preserve">CO-AUTHORS </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D6034">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(if present)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:color w:val="830010"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="-615756634"/>
         <w15:repeatingSection/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8256,2610 +9653,2889 @@
             <w:rPr>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tbl>
               <w:tblPr>
                 <w:tblStyle w:val="Grigliatabella"/>
                 <w:tblW w:w="0" w:type="auto"/>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
                 </w:tblBorders>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPr>
               <w:tblGrid>
                 <w:gridCol w:w="2972"/>
                 <w:gridCol w:w="6656"/>
               </w:tblGrid>
-              <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="72450DE0" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="72450DE0" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="766004EB" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="766004EB" w14:textId="7C4B14B6" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Name</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Nome</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="5CA99EFC" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="5CA99EFC" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput>
                             <w:format w:val="Iniziali maiuscole"/>
                           </w:textInput>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="388640AA" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="388640AA" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="5E322C88" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="5E322C88" w14:textId="2B0D2485" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Surname</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Cognome</w:t>
+                    </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="45E33572" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="45E33572" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput>
                             <w:maxLength w:val="30"/>
                             <w:format w:val="Iniziali maiuscole"/>
                           </w:textInput>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="6A5A9146" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="6A5A9146" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="116B82F7" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="116B82F7" w14:textId="74AD4B1C" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Date of Birth</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:bCs/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Data di Nascita</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="648C02F6" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="648C02F6" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput>
                             <w:maxLength w:val="10"/>
                           </w:textInput>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>(</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>yyyy</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="60A7F06B" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="60A7F06B" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="2F841893" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="2F841893" w14:textId="7474BCFC" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Gender</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:bCs/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Genere</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="79AF99B0" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="79AF99B0" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:ddList>
                             <w:listEntry w:val="Female"/>
                             <w:listEntry w:val="Male"/>
                             <w:listEntry w:val="I am what I am"/>
                           </w:ddList>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> (</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>select</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> an option)</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="00CA7BF7" w14:paraId="7981D733" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="7981D733" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="25BF1FE6" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="25BF1FE6" w14:textId="07DED52D" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Affiliation</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Affiliazione</w:t>
+                    </w:r>
                   </w:p>
-                  <w:p w14:paraId="30378B07" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="30378B07" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="5DDD6887" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00B2100F" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="5DDD6887" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00B2100F">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Official name of the University </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r w:rsidRPr="00B2100F">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="11FFECD8" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00B2100F" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="11FFECD8" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00B2100F">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Official name of the Department/School </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r w:rsidRPr="00B2100F">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="222DE03B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="222DE03B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>As an alternative</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="54FFEF08" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00B2100F" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="54FFEF08" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00B2100F">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Official name of another Institute/Company/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00B2100F">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Center</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="00B2100F">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">/Studio of afference, other </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r w:rsidRPr="00B2100F">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="00CA7BF7" w14:paraId="1030917F" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="1030917F" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="0529C2CE" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="0529C2CE" w14:textId="2336F109" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Role</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Ruolo</w:t>
+                    </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="2E23154E" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="2E23154E" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:i w:val="0"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Academic role </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:ddList>
                             <w:listEntry w:val="---"/>
                             <w:listEntry w:val="Assistant Professor"/>
                             <w:listEntry w:val="PhD candidate"/>
                             <w:listEntry w:val="Postdoc "/>
                             <w:listEntry w:val="Research Fellow"/>
                             <w:listEntry w:val="Research Fellow (Lecturer A, B)"/>
                             <w:listEntry w:val="Senior Lecturer (B)"/>
                             <w:listEntry w:val="Associate Professor"/>
                             <w:listEntry w:val="Full Professor (Senior Research)"/>
                           </w:ddList>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> (select an option)</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="12F51B38" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="12F51B38" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>As an alternative</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="6021EA90" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="6021EA90" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Other</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> (specify) </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="1AF5EED1" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="1AF5EED1" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="324A804A" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="02B1ADDB" w14:textId="77777777" w:rsidR="00957D98" w:rsidRPr="00777F29" w:rsidRDefault="00957D98" w:rsidP="00957D98">
                     <w:pPr>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00786558">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
-                      <w:t>SDS Scientific Disciplinary Sector</w:t>
-                    </w:r>
+                      <w:t xml:space="preserve">SDS Scientific Disciplinary Sector / </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t>Settore</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t>Scientifico</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t>Disciplinare</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
-                  <w:p w14:paraId="6F2877D6" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="6F2877D6" w14:textId="4CBDFCB3" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00957D98" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00786558">
-[...3 lines deleted...]
-                        <w:iCs/>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
-                      <w:t>only if relevant</w:t>
-                    </w:r>
+                      <w:t xml:space="preserve">only if relevant / solo se </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t>rilevante</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="7E8A4E97" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="7E8A4E97" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val="Testo8"/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
                     <w:bookmarkStart w:id="11" w:name="Testo8"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:bookmarkEnd w:id="11"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>(</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>specify</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>acronym</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="5ED7BA7A" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="5ED7BA7A" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="67D79A6B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="67D79A6B" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:i/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ORCID </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>iD</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="554BFA8C" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="554BFA8C" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="5ADB0AA0" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="5ADB0AA0" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="1519D08F" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="1519D08F" w14:textId="5D1CA852" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>SITdA</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Member</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> / Socio </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="830010"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>SITdA</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="1A62C98E" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="1A62C98E" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:ddList>
                             <w:listEntry w:val="YES"/>
                             <w:listEntry w:val="NO"/>
                           </w:ddList>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
-[...6 lines deleted...]
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">   </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>(selezionare una opzione)</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00786558" w:rsidRPr="003D6034" w14:paraId="52B8E880" w14:textId="77777777" w:rsidTr="00986D3A">
+              <w:tr w:rsidR="00786558" w:rsidRPr="00777F29" w14:paraId="52B8E880" w14:textId="77777777" w:rsidTr="00986D3A">
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="2972" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="20338540" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="20338540" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:color w:val="830010"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Biostatement</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="6656" w:type="dxa"/>
                   </w:tcPr>
-                  <w:p w14:paraId="738BBC04" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00786558" w:rsidP="00986D3A">
+                  <w:p w14:paraId="738BBC04" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00986D3A">
                     <w:pPr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput>
                             <w:maxLength w:val="700"/>
                           </w:textInput>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">(max 700 </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>characters</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="003D6034">
+                    <w:r w:rsidRPr="00777F29">
                       <w:rPr>
                         <w:rStyle w:val="Stile1"/>
                         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
             </w:tbl>
-            <w:p w14:paraId="1ABC6ADE" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="003D6034" w:rsidRDefault="00000000" w:rsidP="00786558">
+            <w:p w14:paraId="1ABC6ADE" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00000000" w:rsidP="00786558">
               <w:pPr>
                 <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 <w:jc w:val="both"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
                 </w:rPr>
               </w:pPr>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="495C7D7F" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00CA7BF7" w:rsidRDefault="00786558" w:rsidP="00786558">
+    <w:p w14:paraId="495C7D7F" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00786558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C474979" w14:textId="77777777" w:rsidR="00786558" w:rsidRPr="00786558" w:rsidRDefault="00786558" w:rsidP="00786558">
+    <w:p w14:paraId="127ECCA6" w14:textId="77777777" w:rsidR="00957D98" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00786558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00786558">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>(To add other authors, click at the bottom of the table “CO-AUTHORS” and then click “+”)</w:t>
+        <w:t>(To add other authors, click at the bottom of the table “CO-AUTHORS” and then click “+”</w:t>
+      </w:r>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46770F1F" w14:textId="412EB780" w:rsidR="00786558" w:rsidRDefault="00786558" w:rsidP="00786558">
+    <w:p w14:paraId="7C474979" w14:textId="18DDA3CD" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00957D98" w:rsidP="00786558">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Per aggiungere altri autori, cliccare nella parte bassa della tabella “CO-AUTORI” e poi cliccare “+”</w:t>
+      </w:r>
+      <w:r w:rsidR="00786558" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46770F1F" w14:textId="412EB780" w:rsidR="00786558" w:rsidRPr="00777F29" w:rsidRDefault="00786558" w:rsidP="00786558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1518C081" w14:textId="608BF04D" w:rsidR="00F42399" w:rsidRDefault="00F42399" w:rsidP="00786558">
+    <w:p w14:paraId="1518C081" w14:textId="608BF04D" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00F42399" w:rsidP="00786558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="719DDF44" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+    <w:p w14:paraId="719DDF44" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00777F29" w:rsidRDefault="00D23905">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Information concerning the processing of personal data- In accordance with </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>D.Lgs</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. June 30, 2003, No. 196 and subsequent changes, we hereby declare that your personal and sensitive data processing in our possession will be exclusively used for the TECHNE Journal purposes.  In accordance with </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">. June 30, 2003, No. 196 and subsequent changes, we hereby declare that your personal and sensitive data processing in our possession will be exclusively used for the TECHNE Journal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>D.Lgs</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">purposes.  In accordance with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. June 30, 2003, No. 196 and subsequent changes, the data holder has the right to have access to the data, asking for correction, integration and eventual cancellation. Based on the above information, I authorize the processing of my personal data, being aware that the disagreement would imply the impossibility in publishing on TECHNE Journal.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>D.Lgs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>. June 30, 2003, No. 196 and subsequent changes, the data holder has the right to have access to the data, asking for correction, integration and eventual cancellation. Based on the above information, I authorize the processing of my personal data, being aware that the disagreement would imply the impossibility in publishing on TECHNE Journal.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03B2A6BB" w14:textId="41CEBE5D" w:rsidR="00F42399" w:rsidRPr="00786558" w:rsidRDefault="00D23905" w:rsidP="00786558">
+    <w:p w14:paraId="62C3953D" w14:textId="77777777" w:rsidR="00957D98" w:rsidRPr="00777F29" w:rsidRDefault="00957D98" w:rsidP="00957D98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve">INFORMATIVA AI SENSI del D.LGS. 196 del 30 giugno 2003 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s.m.i.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i dati personali acquisiti saranno utilizzati, anche con l'ausilio di mezzi elettronici e/o automatizzati, esclusivamente per lo svolgimento e la gestione delle attività legate agli scopi della Rivista TECHNE. Ai sensi del d.lgs. 196 del 30 giugno 2003 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s.m.i.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, il titolare dei dati ha il diritto di accedere ai propri dati chiedendone la correzione, l'integrazione e, ricorrendone gli estremi, la cancellazione o il blocco. Preso atto dell'informativa di cui sopra, autorizzo il trattamento dei miei dati nei limiti di cui alla stessa, consapevole che il mio mancato consenso comporterà l’impossibilità di pubblicare sulla Rivista TECHNE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B4B2CC" w14:textId="77777777" w:rsidR="00957D98" w:rsidRPr="00777F29" w:rsidRDefault="00957D98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3CD4B5E7" w14:textId="77777777" w:rsidR="00F1408E" w:rsidRPr="00777F29" w:rsidRDefault="00F1408E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B2A6BB" w14:textId="737C2195" w:rsidR="00F42399" w:rsidRPr="00786558" w:rsidRDefault="00D23905" w:rsidP="00786558">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="Controllo1"/>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F1408E">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Authorize</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Autorizzo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="Controllo2"/>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:r>
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F1408E">
+      <w:r w:rsidRPr="00777F29">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Not Authorize</w:t>
       </w:r>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00957D98" w:rsidRPr="00777F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>autorizzo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00F42399" w:rsidRPr="00786558" w:rsidSect="00962BC2">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1843" w:right="1134" w:bottom="993" w:left="1134" w:header="284" w:footer="186" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C255474" w14:textId="77777777" w:rsidR="00287C15" w:rsidRDefault="00287C15">
+    <w:p w14:paraId="1E7F1821" w14:textId="77777777" w:rsidR="00717109" w:rsidRDefault="00717109">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="406EF4FA" w14:textId="77777777" w:rsidR="00287C15" w:rsidRDefault="00287C15">
+    <w:p w14:paraId="402251E6" w14:textId="77777777" w:rsidR="00717109" w:rsidRDefault="00717109">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000A87" w:usb1="08000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000101" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans Light">
-    <w:altName w:val="Segoe UI Semilight"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:id w:val="-2122753061"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w14:paraId="02337862" w14:textId="6CF99177" w:rsidR="00F42399" w:rsidRDefault="00D23905">
+          <w:p w14:paraId="02337862" w14:textId="27320900" w:rsidR="00F42399" w:rsidRDefault="00D23905">
             <w:pPr>
               <w:pStyle w:val="NormaleWeb"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Titoloricerca"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi" w:hint="default"/>
                 <w:bCs/>
                 <w:i/>
                 <w:caps/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Titoloricerca"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi" w:hint="default"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ver:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Titoloricerca"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi" w:hint="default"/>
                 <w:bCs/>
                 <w:i/>
                 <w:caps/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0</w:t>
             </w:r>
-            <w:r w:rsidR="00962BC2">
+            <w:r w:rsidR="00763D81">
               <w:rPr>
                 <w:rStyle w:val="Titoloricerca"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi" w:hint="default"/>
                 <w:bCs/>
                 <w:i/>
                 <w:caps/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Titoloricerca"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi" w:hint="default"/>
                 <w:bCs/>
                 <w:i/>
                 <w:caps/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00962BC2">
+            <w:r w:rsidR="00763D81">
               <w:rPr>
                 <w:rStyle w:val="Titoloricerca"/>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi" w:hint="default"/>
                 <w:bCs/>
                 <w:i/>
                 <w:caps/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B9E032C" w14:textId="77777777" w:rsidR="00F42399" w:rsidRPr="00B475DF" w:rsidRDefault="00D23905" w:rsidP="00714359">
             <w:pPr>
               <w:pStyle w:val="Pidipagina"/>
               <w:shd w:val="clear" w:color="auto" w:fill="830010"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B475DF">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">To participate to the Call, please send this file filled in and saved in word format at </w:t>
             </w:r>
-            <w:r>
-[...38 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId1" w:history="1">
+              <w:r w:rsidRPr="00B475DF">
+                <w:rPr>
+                  <w:rStyle w:val="Collegamentoipertestuale"/>
+                  <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>redazionetechne@sitda.net</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r w:rsidRPr="00B475DF">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47EC71F9" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00F42399">
             <w:pPr>
               <w:pStyle w:val="Pidipagina"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10970,76 +12646,76 @@
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="458AB52D" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00F42399">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7544100A" w14:textId="77777777" w:rsidR="00287C15" w:rsidRDefault="00287C15">
+    <w:p w14:paraId="36863E7D" w14:textId="77777777" w:rsidR="00717109" w:rsidRDefault="00717109">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57A5A0D5" w14:textId="77777777" w:rsidR="00287C15" w:rsidRDefault="00287C15">
+    <w:p w14:paraId="53F9AAFD" w14:textId="77777777" w:rsidR="00717109" w:rsidRDefault="00717109">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A589071" w14:textId="77777777" w:rsidR="00F42399" w:rsidRDefault="00D23905">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="it-IT"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19376B3E" wp14:editId="4797D5C3">
               <wp:extent cx="6204585" cy="873760"/>
               <wp:effectExtent l="0" t="0" r="5715" b="2540"/>
               <wp:docPr id="3" name="Gruppo 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
@@ -11064,270 +12740,288 @@
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect l="3768" t="2734" r="521" b="87350"/>
                         <a:stretch/>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5953125" cy="872490"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                             <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                           </a:ext>
                           <a:ext uri="{53640926-AAD7-44d8-BBD7-CCE9431645EC}">
-                            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
+                            <a14:shadowObscured xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                           </a:ext>
                         </a:extLst>
                       </pic:spPr>
                     </pic:pic>
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="Immagine 2"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill rotWithShape="1">
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect l="3686" t="90027" r="89265" b="1849"/>
                         <a:stretch/>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="5791200" y="198120"/>
                           <a:ext cx="413385" cy="675640"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                             <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                           </a:ext>
                           <a:ext uri="{53640926-AAD7-44d8-BBD7-CCE9431645EC}">
-                            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
+                            <a14:shadowObscured xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                           </a:ext>
                         </a:extLst>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:group w14:anchorId="3B0F8E7A" id="Gruppo 3" o:spid="_x0000_s1026" style="width:488.55pt;height:68.8pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="62045,8737" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhADX9cHSvAgAA9gcAAA4AAABkcnMvZTJvRG9jLnhtbNyVW2/TMBiG75H4&#10;D5bvtxzapEm0dkKMTZM4VAzEtes4ibX4INs97N/z2UnLuiKYxgWCi6Y+fv7e14/ti8ud6NGGGcuV&#10;nOPkPMaISapqLts5/vrl+qzAyDoia9Iryeb4gVl8uXj96mKrK5aqTvU1MwiCSFtt9Rx3zukqiizt&#10;mCD2XGkmobNRRhAHVdNGtSFbiC76KI3jPNoqU2ujKLMWWq+GTrwI8ZuGUfepaSxzqJ9jyM2Frwnf&#10;lf9GiwtStYbojtMxDfKCLAThEhY9hLoijqC14SehBKdGWdW4c6pEpJqGUxY0gJokfqLmxqi1Dlra&#10;atvqg01g7ROfXhyWftzcGH2nlwac2OoWvAg1r2XXGOH/IUu0C5Y9HCxjO4coNOZpPM2KDCMKfcVs&#10;MstHT2kHxp9Mo927X0+M9stGR8loTiv4jQ5A6cSB35MCs9zaMDwGEc+KIYi5X+sz2CxNHF/xnruH&#10;AB5si09KbpacLs1QATOXBvEaDgJGkgjg/VYI0nLJUOJR8zP8oGEK8ZLeK3pvkVRvOyJb9sZqQNbP&#10;h9HR8fBQPVpv1XN9zfseGeW+cdfddUTDmkkg0XeOUoH3J7z8xK2BxStF14JJNxwuw3pQraTtuLYY&#10;mYqJFQN55rYOGZLKGvoZMvbHC/YeDjskn84mUxg8x1kKPsAxAy6yEQvrDHO026vbKxissYAhWm0/&#10;qBpUkLVTQchzMMzKbJKkBwzTaRnWO9AEVhvrbpgSyBdAASQdopPNe+t8Oj+GeOal8sZCO6l6edQA&#10;A31L2A2f8FiEvRpEQOGfwTQ9wTT9/zHNizxgWsZxOgucFmWaAztAalJMS+8AgP3HoGazMoEnCiO4&#10;GZOygPIQeX91TpPJZH9z5rMsn/4VZMM9C49LOAHjQ+hfr8d1KD9+rhffAQAA//8DAFBLAwQKAAAA&#10;AAAAACEADsYhUNtgCgDbYAoAFQAAAGRycy9tZWRpYS9pbWFnZTEuanBlZ//Y/+ES7kV4aWYAAE1N&#10;ACoAAAAIAAcBEgADAAAAAQABAAABGgAFAAAAAQAAAGIBGwAFAAAAAQAAAGoBKAADAAAAAQACAAAB&#10;MQACAAAAHgAAAHIBMgACAAAAFAAAAJCHaQAEAAAAAQAAAKQAAADQAC3GwAAAJxAALcbAAAAnEEFk&#10;b2JlIFBob3Rvc2hvcCBDUzYgKFdpbmRvd3MpADIwMTg6MDE6MzEgMTc6NTA6NDQAAAOgAQADAAAA&#10;Af//AACgAgAEAAAAAQAACbCgAwAEAAAAAQAADbQAAAAAAAAABgEDAAMAAAABAAYAAAEaAAUAAAAB&#10;AAABHgEbAAUAAAABAAABJgEoAAMAAAABAAIAAAIBAAQAAAABAAABLgICAAQAAAABAAARuAAAAAAA&#10;AABIAAAAAQAAAEgAAAAB/9j/4gxYSUNDX1BST0ZJTEUAAQEAAAxITGlubwIQAABtbnRyUkdCIFhZ&#10;WiAHzgACAAkABgAxAABhY3NwTVNGVAAAAABJRUMgc1JHQgAAAAAAAAAAAAAAAQAA9tYAAQAAAADT&#10;LUhQICAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABFjcHJ0&#10;AAABUAAAADNkZXNjAAABhAAAAGx3dHB0AAAB8AAAABRia3B0AAACBAAAABRyWFlaAAACGAAAABRn&#10;WFlaAAACLAAAABRiWFlaAAACQAAAABRkbW5kAAACVAAAAHBkbWRkAAACxAAAAIh2dWVkAAADTAAA&#10;AIZ2aWV3AAAD1AAAACRsdW1pAAAD+AAAABRtZWFzAAAEDAAAACR0ZWNoAAAEMAAAAAxyVFJDAAAE&#10;PAAACAxnVFJDAAAEPAAACAxiVFJDAAAEPAAACAx0ZXh0AAAAAENvcHlyaWdodCAoYykgMTk5OCBI&#10;ZXdsZXR0LVBhY2thcmQgQ29tcGFueQAAZGVzYwAAAAAAAAASc1JHQiBJRUM2MTk2Ni0yLjEAAAAA&#10;AAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAPNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAA&#10;AFhZWiAAAAAAAABvogAAOPUAAAOQWFlaIAAAAAAAAGKZAAC3hQAAGNpYWVogAAAAAAAAJKAAAA+E&#10;AAC2z2Rlc2MAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAFklFQyBodHRw&#10;Oi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AABkZXNjAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNS&#10;R0IAAAAAAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNS&#10;R0IAAAAAAAAAAAAAAAAAAAAAAAAAAAAAZGVzYwAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29u&#10;ZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAALFJlZmVyZW5jZSBWaWV3aW5nIENvbmRp&#10;dGlvbiBpbiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHZpZXcAAAAAABOk&#10;/gAUXy4AEM8UAAPtzAAEEwsAA1yeAAAAAVhZWiAAAAAAAEwJVgBQAAAAVx/nbWVhcwAAAAAAAAAB&#10;AAAAAAAAAAAAAAAAAAAAAAAAAo8AAAACc2lnIAAAAABDUlQgY3VydgAAAAAAAAQAAAAABQAKAA8A&#10;FAAZAB4AIwAoAC0AMgA3ADsAQABFAEoATwBUAFkAXgBjAGgAbQByAHcAfACBAIYAiwCQAJUAmgCf&#10;AKQAqQCuALIAtwC8AMEAxgDLANAA1QDbAOAA5QDrAPAA9gD7AQEBBwENARMBGQEfASUBKwEyATgB&#10;PgFFAUwBUgFZAWABZwFuAXUBfAGDAYsBkgGaAaEBqQGxAbkBwQHJAdEB2QHhAekB8gH6AgMCDAIU&#10;Ah0CJgIvAjgCQQJLAlQCXQJnAnECegKEAo4CmAKiAqwCtgLBAssC1QLgAusC9QMAAwsDFgMhAy0D&#10;OANDA08DWgNmA3IDfgOKA5YDogOuA7oDxwPTA+AD7AP5BAYEEwQgBC0EOwRIBFUEYwRxBH4EjASa&#10;BKgEtgTEBNME4QTwBP4FDQUcBSsFOgVJBVgFZwV3BYYFlgWmBbUFxQXVBeUF9gYGBhYGJwY3BkgG&#10;WQZqBnsGjAadBq8GwAbRBuMG9QcHBxkHKwc9B08HYQd0B4YHmQesB78H0gflB/gICwgfCDIIRgha&#10;CG4IggiWCKoIvgjSCOcI+wkQCSUJOglPCWQJeQmPCaQJugnPCeUJ+woRCicKPQpUCmoKgQqYCq4K&#10;xQrcCvMLCwsiCzkLUQtpC4ALmAuwC8gL4Qv5DBIMKgxDDFwMdQyODKcMwAzZDPMNDQ0mDUANWg10&#10;DY4NqQ3DDd4N+A4TDi4OSQ5kDn8Omw62DtIO7g8JDyUPQQ9eD3oPlg+zD88P7BAJECYQQxBhEH4Q&#10;mxC5ENcQ9RETETERTxFtEYwRqhHJEegSBxImEkUSZBKEEqMSwxLjEwMTIxNDE2MTgxOkE8UT5RQG&#10;FCcUSRRqFIsUrRTOFPAVEhU0FVYVeBWbFb0V4BYDFiYWSRZsFo8WshbWFvoXHRdBF2UXiReuF9IX&#10;9xgbGEAYZRiKGK8Y1Rj6GSAZRRlrGZEZtxndGgQaKhpRGncanhrFGuwbFBs7G2MbihuyG9ocAhwq&#10;HFIcexyjHMwc9R0eHUcdcB2ZHcMd7B4WHkAeah6UHr4e6R8THz4faR+UH78f6iAVIEEgbCCYIMQg&#10;8CEcIUghdSGhIc4h+yInIlUigiKvIt0jCiM4I2YjlCPCI/AkHyRNJHwkqyTaJQklOCVoJZclxyX3&#10;JicmVyaHJrcm6CcYJ0kneierJ9woDSg/KHEooijUKQYpOClrKZ0p0CoCKjUqaCqbKs8rAis2K2kr&#10;nSvRLAUsOSxuLKIs1y0MLUEtdi2rLeEuFi5MLoIuty7uLyQvWi+RL8cv/jA1MGwwpDDbMRIxSjGC&#10;Mbox8jIqMmMymzLUMw0zRjN/M7gz8TQrNGU0njTYNRM1TTWHNcI1/TY3NnI2rjbpNyQ3YDecN9c4&#10;FDhQOIw4yDkFOUI5fzm8Ofk6Njp0OrI67zstO2s7qjvoPCc8ZTykPOM9Ij1hPaE94D4gPmA+oD7g&#10;PyE/YT+iP+JAI0BkQKZA50EpQWpBrEHuQjBCckK1QvdDOkN9Q8BEA0RHRIpEzkUSRVVFmkXeRiJG&#10;Z0arRvBHNUd7R8BIBUhLSJFI10kdSWNJqUnwSjdKfUrESwxLU0uaS+JMKkxyTLpNAk1KTZNN3E4l&#10;Tm5Ot08AT0lPk0/dUCdQcVC7UQZRUFGbUeZSMVJ8UsdTE1NfU6pT9lRCVI9U21UoVXVVwlYPVlxW&#10;qVb3V0RXklfgWC9YfVjLWRpZaVm4WgdaVlqmWvVbRVuVW+VcNVyGXNZdJ114XcleGl5sXr1fD19h&#10;X7NgBWBXYKpg/GFPYaJh9WJJYpxi8GNDY5dj62RAZJRk6WU9ZZJl52Y9ZpJm6Gc9Z5Nn6Wg/aJZo&#10;7GlDaZpp8WpIap9q92tPa6dr/2xXbK9tCG1gbbluEm5rbsRvHm94b9FwK3CGcOBxOnGVcfByS3Km&#10;cwFzXXO4dBR0cHTMdSh1hXXhdj52m3b4d1Z3s3gReG54zHkqeYl553pGeqV7BHtje8J8IXyBfOF9&#10;QX2hfgF+Yn7CfyN/hH/lgEeAqIEKgWuBzYIwgpKC9INXg7qEHYSAhOOFR4Wrhg6GcobXhzuHn4gE&#10;iGmIzokziZmJ/opkisqLMIuWi/yMY4zKjTGNmI3/jmaOzo82j56QBpBukNaRP5GokhGSepLjk02T&#10;tpQglIqU9JVflcmWNJaflwqXdZfgmEyYuJkkmZCZ/JpomtWbQpuvnByciZz3nWSd0p5Anq6fHZ+L&#10;n/qgaaDYoUehtqImopajBqN2o+akVqTHpTilqaYapoum/adup+CoUqjEqTepqaocqo+rAqt1q+ms&#10;XKzQrUStuK4trqGvFq+LsACwdbDqsWCx1rJLssKzOLOutCW0nLUTtYq2AbZ5tvC3aLfguFm40blK&#10;ucK6O7q1uy67p7whvJu9Fb2Pvgq+hL7/v3q/9cBwwOzBZ8Hjwl/C28NYw9TEUcTOxUvFyMZGxsPH&#10;Qce/yD3IvMk6ybnKOMq3yzbLtsw1zLXNNc21zjbOts83z7jQOdC60TzRvtI/0sHTRNPG1EnUy9VO&#10;1dHWVdbY11zX4Nhk2OjZbNnx2nba+9uA3AXcit0Q3ZbeHN6i3ynfr+A24L3hROHM4lPi2+Nj4+vk&#10;c+T85YTmDeaW5x/nqegy6LzpRunQ6lvq5etw6/vshu0R7ZzuKO6070DvzPBY8OXxcvH/8ozzGfOn&#10;9DT0wvVQ9d72bfb794r4Gfio+Tj5x/pX+uf7d/wH/Jj9Kf26/kv+3P9t////7QAMQWRvYmVfQ00A&#10;Av/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwM&#10;EQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwM&#10;EREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAKAAcQMBIgACEQEDEQH/&#10;3QAEAAj/xAE/AAABBQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEA&#10;AgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFi&#10;MzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF&#10;1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFx&#10;IhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPT&#10;dePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/APU3&#10;v2CdpdJiGiUIZbCAQ18OMN9p1Ov/AJFHVP8AwOND9n6Q+7T92395JSf7SwNLntcwCNXNOpJgNbH0&#10;nJjlVtn1A6uAXe4cgDc6In/M+mhPcGOrsssFjGOlx0G2WuYHu2/m+7anzrK/RezRzyx5HfaNrv0n&#10;/fElNlzmsaXO0A5Ua7a7QSwyGuLToRBadruUG+u0VOJtJHcbR4qLA6toyG6t1FzeZaCdrx/Kq/8A&#10;Pf8A1pJSUZVbvoNe8aataY1AeP8AouRWnc0GCJ1g8qhhmayW3hoOyI2kfzVWqvt+iNd2n0vFJS6S&#10;SSSlJJJJKUkqtufTVeaHB28QSfaBBLW7/c4e1m/3ImNlVZIe6qSK3FhJESQA7T/OSUmSSSSU/wD/&#10;0PVUE02O+k8ObM7S3t4coySSkDcd7fovA4mGAfkSrx3sBDXtbM/RYG8j2z/KajpJKQ+ld/pfvb/t&#10;Tmq4/wCFj4D/AGoqSSkBx3EyXNJ82Aojaw1oBPAjTQf5oU0klMdo8/vKW0ef3lSSSUx2jz+8pbR5&#10;/eVJJJTHY3w55TgAcJ0klKSSSSU//9H1VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkk&#10;lP8A/9L1VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9P1VJJJJSkkkklKSSSS&#10;UpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9T1VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJS&#10;kkkklP8A/9X1VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9b1VJJJJSkkkklK&#10;SSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9f1VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJ&#10;JJJSkkkklP8A/9Dpv8ZV9tXTulVsybsOvJ6pj0ZF2O81vFNjbxdD2fyfctvotTKb+pVsusuacoP2&#10;3Oc8smmhvpsfaXO9L2eqz/jEfq3TK+pY7aLPT9ljbWm2ttoDmztLWWfQf7v5xvvRMHDOKywOs9V1&#10;j95eRDj7WsG90u37WsSU2UkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP//Z/+0bSlBob3Rv&#10;c2hvcCAzLjAAOEJJTQQlAAAAAAAQAAAAAAAAAAAAAAAAAAAAADhCSU0EOgAAAAABEQAAABAAAAAB&#10;AAAAAAALcHJpbnRPdXRwdXQAAAAFAAAAAFBzdFNib29sAQAAAABJbnRlZW51bQAAAABJbnRlAAAA&#10;AENscm0AAAAPcHJpbnRTaXh0ZWVuQml0Ym9vbAAAAAALcHJpbnRlck5hbWVURVhUAAAAFQBFAFAA&#10;UwBPAE4AIABXAEYALQA3ADYAMQAwACAAUwBlAHIAaQBlAHMAAAAAAA9wcmludFByb29mU2V0dXBP&#10;YmpjAAAADgBJAG0AcABvAHMAdABhACAAcAByAG8AdgBhAAAAAAAKcHJvb2ZTZXR1cAAAAAEAAAAA&#10;Qmx0bmVudW0AAAAMYnVpbHRpblByb29mAAAACXByb29mQ01ZSwA4QklNBDsAAAAAAi0AAAAQAAAA&#10;AQAAAAAAEnByaW50T3V0cHV0T3B0aW9ucwAAABcAAAAAQ3B0bmJvb2wAAAAAAENsYnJib29sAAAA&#10;AABSZ3NNYm9vbAAAAAAAQ3JuQ2Jvb2wAAAAAAENudENib29sAAAAAABMYmxzYm9vbAAAAAAATmd0&#10;dmJvb2wAAAAAAEVtbERib29sAAAAAABJbnRyYm9vbAAAAAAAQmNrZ09iamMAAAABAAAAAAAAUkdC&#10;QwAAAAMAAAAAUmQgIGRvdWJAb+AAAAAAAAAAAABHcm4gZG91YkBv4AAAAAAAAAAAAEJsICBkb3Vi&#10;QG/gAAAAAAAAAAAAQnJkVFVudEYjUmx0AAAAAAAAAAAAAAAAQmxkIFVudEYjUmx0AAAAAAAAAAAA&#10;AAAAUnNsdFVudEYjUHhsQHLAAAAAAAAAAAAKdmVjdG9yRGF0YWJvb2wBAAAAAFBnUHNlbnVtAAAA&#10;AFBnUHMAAAAAUGdQQwAAAABMZWZ0VW50RiNSbHQAAAAAAAAAAAAAAABUb3AgVW50RiNSbHQAAAAA&#10;AAAAAAAAAABTY2wgVW50RiNQcmNAWQAAAAAAAAAAABBjcm9wV2hlblByaW50aW5nYm9vbAAAAAAO&#10;Y3JvcFJlY3RCb3R0b21sb25nAAAAAAAAAAxjcm9wUmVjdExlZnRsb25nAAAAAAAAAA1jcm9wUmVj&#10;dFJpZ2h0bG9uZwAAAAAAAAALY3JvcFJlY3RUb3Bsb25nAAAAAAA4QklNA+0AAAAAABABLAAAAAEA&#10;AgEsAAAAAQACOEJJTQQmAAAAAAAOAAAAAAAAAAAAAD+AAAA4QklNBA0AAAAAAAQAAAB4OEJJTQQZ&#10;AAAAAAAEAAAAHjhCSU0D8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAACOEJJ&#10;TQP1AAAAAABIAC9mZgABAGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAG&#10;AAAAAAABADUAAAABAC0AAAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////////////////////&#10;////A+gAAAAA/////////////////////////////wPoAAAAAP//////////////////////////&#10;//8D6AAAAAD/////////////////////////////A+gAADhCSU0EAAAAAAAAAgABOEJJTQQCAAAA&#10;AAAIAAAAAAAAAAA4QklNBDAAAAAAAAQBAQEBOEJJTQQtAAAAAAAGAAEAAAACOEJJTQQIAAAAAAAp&#10;AAAAAQAAAkAAAAJAAAAABQAADkAAAAEnRgAAACwQAQAADsQBAAGsJgEAOEJJTQQeAAAAAAAEAAAA&#10;ADhCSU0EGgAAAAADUQAAAAYAAAAAAAAAAAAADbQAAAmwAAAADgBTAGUAbgB6AGEAIAB0AGkAdABv&#10;AGwAbwAtADEAAAABAAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAACbAAAA20AAAAAAAAAAAA&#10;AAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAEAAAAAAABudWxsAAAAAgAAAAZib3VuZHNP&#10;YmpjAAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAA&#10;QnRvbWxvbmcAAA20AAAAAFJnaHRsb25nAAAJsAAAAAZzbGljZXNWbExzAAAAAU9iamMAAAABAAAA&#10;AAAFc2xpY2UAAAASAAAAB3NsaWNlSURsb25nAAAAAAAAAAdncm91cElEbG9uZwAAAAAAAAAGb3Jp&#10;Z2luZW51bQAAAAxFU2xpY2VPcmlnaW4AAAANYXV0b0dlbmVyYXRlZAAAAABUeXBlZW51bQAAAApF&#10;U2xpY2VUeXBlAAAAAEltZyAAAAAGYm91bmRzT2JqYwAAAAEAAAAAAABSY3QxAAAABAAAAABUb3Ag&#10;bG9uZwAAAAAAAAAATGVmdGxvbmcAAAAAAAAAAEJ0b21sb25nAAANtAAAAABSZ2h0bG9uZwAACbAA&#10;AAADdXJsVEVYVAAAAAEAAAAAAABudWxsVEVYVAAAAAEAAAAAAABNc2dlVEVYVAAAAAEAAAAAAAZh&#10;bHRUYWdURVhUAAAAAQAAAAAADmNlbGxUZXh0SXNIVE1MYm9vbAEAAAAIY2VsbFRleHRURVhUAAAA&#10;AQAAAAAACWhvcnpBbGlnbmVudW0AAAAPRVNsaWNlSG9yekFsaWduAAAAB2RlZmF1bHQAAAAJdmVy&#10;dEFsaWduZW51bQAAAA9FU2xpY2VWZXJ0QWxpZ24AAAAHZGVmYXVsdAAAAAtiZ0NvbG9yVHlwZWVu&#10;dW0AAAARRVNsaWNlQkdDb2xvclR5cGUAAAAATm9uZQAAAAl0b3BPdXRzZXRsb25nAAAAAAAAAAps&#10;ZWZ0T3V0c2V0bG9uZwAAAAAAAAAMYm90dG9tT3V0c2V0bG9uZwAAAAAAAAALcmlnaHRPdXRzZXRs&#10;b25nAAAAAAA4QklNBCgAAAAAAAwAAAACP/AAAAAAAAA4QklNBBEAAAAAAAEBADhCSU0EFAAAAAAA&#10;BAAAAAQ4QklNBAwAAAAAEdQAAAABAAAAcQAAAKAAAAFUAADUgAAAEbgAGAAB/9j/4gxYSUNDX1BS&#10;T0ZJTEUAAQEAAAxITGlubwIQAABtbnRyUkdCIFhZWiAHzgACAAkABgAxAABhY3NwTVNGVAAAAABJ&#10;RUMgc1JHQgAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUhQICAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABFjcHJ0AAABUAAAADNkZXNjAAABhAAAAGx3dHB0AAAB&#10;8AAAABRia3B0AAACBAAAABRyWFlaAAACGAAAABRnWFlaAAACLAAAABRiWFlaAAACQAAAABRkbW5k&#10;AAACVAAAAHBkbWRkAAACxAAAAIh2dWVkAAADTAAAAIZ2aWV3AAAD1AAAACRsdW1pAAAD+AAAABRt&#10;ZWFzAAAEDAAAACR0ZWNoAAAEMAAAAAxyVFJDAAAEPAAACAxnVFJDAAAEPAAACAxiVFJDAAAEPAAA&#10;CAx0ZXh0AAAAAENvcHlyaWdodCAoYykgMTk5OCBIZXdsZXR0LVBhY2thcmQgQ29tcGFueQAAZGVz&#10;YwAAAAAAAAASc1JHQiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAA&#10;APNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAAAFhZWiAAAAAAAABvogAAOPUAAAOQWFlaIAAA&#10;AAAAAGKZAAC3hQAAGNpYWVogAAAAAAAAJKAAAA+EAAC2z2Rlc2MAAAAAAAAAFklFQyBodHRwOi8v&#10;d3d3LmllYy5jaAAAAAAAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAAC5JRUMgNjE5NjYtMi4x&#10;IERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAC5JRUMgNjE5NjYtMi4x&#10;IERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAAAAAAAAAAAAAAAAZGVz&#10;YwAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAA&#10;AAAAAAAALFJlZmVyZW5jZSBWaWV3aW5nIENvbmRpdGlvbiBpbiBJRUM2MTk2Ni0yLjEAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAHZpZXcAAAAAABOk/gAUXy4AEM8UAAPtzAAEEwsAA1yeAAAAAVhZ&#10;WiAAAAAAAEwJVgBQAAAAVx/nbWVhcwAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAAo8AAAACc2ln&#10;IAAAAABDUlQgY3VydgAAAAAAAAQAAAAABQAKAA8AFAAZAB4AIwAoAC0AMgA3ADsAQABFAEoATwBU&#10;AFkAXgBjAGgAbQByAHcAfACBAIYAiwCQAJUAmgCfAKQAqQCuALIAtwC8AMEAxgDLANAA1QDbAOAA&#10;5QDrAPAA9gD7AQEBBwENARMBGQEfASUBKwEyATgBPgFFAUwBUgFZAWABZwFuAXUBfAGDAYsBkgGa&#10;AaEBqQGxAbkBwQHJAdEB2QHhAekB8gH6AgMCDAIUAh0CJgIvAjgCQQJLAlQCXQJnAnECegKEAo4C&#10;mAKiAqwCtgLBAssC1QLgAusC9QMAAwsDFgMhAy0DOANDA08DWgNmA3IDfgOKA5YDogOuA7oDxwPT&#10;A+AD7AP5BAYEEwQgBC0EOwRIBFUEYwRxBH4EjASaBKgEtgTEBNME4QTwBP4FDQUcBSsFOgVJBVgF&#10;ZwV3BYYFlgWmBbUFxQXVBeUF9gYGBhYGJwY3BkgGWQZqBnsGjAadBq8GwAbRBuMG9QcHBxkHKwc9&#10;B08HYQd0B4YHmQesB78H0gflB/gICwgfCDIIRghaCG4IggiWCKoIvgjSCOcI+wkQCSUJOglPCWQJ&#10;eQmPCaQJugnPCeUJ+woRCicKPQpUCmoKgQqYCq4KxQrcCvMLCwsiCzkLUQtpC4ALmAuwC8gL4Qv5&#10;DBIMKgxDDFwMdQyODKcMwAzZDPMNDQ0mDUANWg10DY4NqQ3DDd4N+A4TDi4OSQ5kDn8Omw62DtIO&#10;7g8JDyUPQQ9eD3oPlg+zD88P7BAJECYQQxBhEH4QmxC5ENcQ9RETETERTxFtEYwRqhHJEegSBxIm&#10;EkUSZBKEEqMSwxLjEwMTIxNDE2MTgxOkE8UT5RQGFCcUSRRqFIsUrRTOFPAVEhU0FVYVeBWbFb0V&#10;4BYDFiYWSRZsFo8WshbWFvoXHRdBF2UXiReuF9IX9xgbGEAYZRiKGK8Y1Rj6GSAZRRlrGZEZtxnd&#10;GgQaKhpRGncanhrFGuwbFBs7G2MbihuyG9ocAhwqHFIcexyjHMwc9R0eHUcdcB2ZHcMd7B4WHkAe&#10;ah6UHr4e6R8THz4faR+UH78f6iAVIEEgbCCYIMQg8CEcIUghdSGhIc4h+yInIlUigiKvIt0jCiM4&#10;I2YjlCPCI/AkHyRNJHwkqyTaJQklOCVoJZclxyX3JicmVyaHJrcm6CcYJ0kneierJ9woDSg/KHEo&#10;oijUKQYpOClrKZ0p0CoCKjUqaCqbKs8rAis2K2krnSvRLAUsOSxuLKIs1y0MLUEtdi2rLeEuFi5M&#10;LoIuty7uLyQvWi+RL8cv/jA1MGwwpDDbMRIxSjGCMbox8jIqMmMymzLUMw0zRjN/M7gz8TQrNGU0&#10;njTYNRM1TTWHNcI1/TY3NnI2rjbpNyQ3YDecN9c4FDhQOIw4yDkFOUI5fzm8Ofk6Njp0OrI67zst&#10;O2s7qjvoPCc8ZTykPOM9Ij1hPaE94D4gPmA+oD7gPyE/YT+iP+JAI0BkQKZA50EpQWpBrEHuQjBC&#10;ckK1QvdDOkN9Q8BEA0RHRIpEzkUSRVVFmkXeRiJGZ0arRvBHNUd7R8BIBUhLSJFI10kdSWNJqUnw&#10;SjdKfUrESwxLU0uaS+JMKkxyTLpNAk1KTZNN3E4lTm5Ot08AT0lPk0/dUCdQcVC7UQZRUFGbUeZS&#10;MVJ8UsdTE1NfU6pT9lRCVI9U21UoVXVVwlYPVlxWqVb3V0RXklfgWC9YfVjLWRpZaVm4WgdaVlqm&#10;WvVbRVuVW+VcNVyGXNZdJ114XcleGl5sXr1fD19hX7NgBWBXYKpg/GFPYaJh9WJJYpxi8GNDY5dj&#10;62RAZJRk6WU9ZZJl52Y9ZpJm6Gc9Z5Nn6Wg/aJZo7GlDaZpp8WpIap9q92tPa6dr/2xXbK9tCG1g&#10;bbluEm5rbsRvHm94b9FwK3CGcOBxOnGVcfByS3KmcwFzXXO4dBR0cHTMdSh1hXXhdj52m3b4d1Z3&#10;s3gReG54zHkqeYl553pGeqV7BHtje8J8IXyBfOF9QX2hfgF+Yn7CfyN/hH/lgEeAqIEKgWuBzYIw&#10;gpKC9INXg7qEHYSAhOOFR4Wrhg6GcobXhzuHn4gEiGmIzokziZmJ/opkisqLMIuWi/yMY4zKjTGN&#10;mI3/jmaOzo82j56QBpBukNaRP5GokhGSepLjk02TtpQglIqU9JVflcmWNJaflwqXdZfgmEyYuJkk&#10;mZCZ/JpomtWbQpuvnByciZz3nWSd0p5Anq6fHZ+Ln/qgaaDYoUehtqImopajBqN2o+akVqTHpTil&#10;qaYapoum/adup+CoUqjEqTepqaocqo+rAqt1q+msXKzQrUStuK4trqGvFq+LsACwdbDqsWCx1rJL&#10;ssKzOLOutCW0nLUTtYq2AbZ5tvC3aLfguFm40blKucK6O7q1uy67p7whvJu9Fb2Pvgq+hL7/v3q/&#10;9cBwwOzBZ8Hjwl/C28NYw9TEUcTOxUvFyMZGxsPHQce/yD3IvMk6ybnKOMq3yzbLtsw1zLXNNc21&#10;zjbOts83z7jQOdC60TzRvtI/0sHTRNPG1EnUy9VO1dHWVdbY11zX4Nhk2OjZbNnx2nba+9uA3AXc&#10;it0Q3ZbeHN6i3ynfr+A24L3hROHM4lPi2+Nj4+vkc+T85YTmDeaW5x/nqegy6LzpRunQ6lvq5etw&#10;6/vshu0R7ZzuKO6070DvzPBY8OXxcvH/8ozzGfOn9DT0wvVQ9d72bfb794r4Gfio+Tj5x/pX+uf7&#10;d/wH/Jj9Kf26/kv+3P9t////7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJ&#10;CAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDP/AABEIAKAAcQMBIgACEQEDEQH/3QAEAAj/xAE/AAABBQEBAQEBAQAAAAAAAAAD&#10;AAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwz&#10;AQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXC&#10;o3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3&#10;EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNz&#10;NPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG&#10;1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/APU3v2CdpdJiGiUIZbCAQ18OMN9p1Ov/AJFHVP8A&#10;wOND9n6Q+7T92395JSf7SwNLntcwCNXNOpJgNbH0nJjlVtn1A6uAXe4cgDc6In/M+mhPcGOrsssF&#10;jGOlx0G2WuYHu2/m+7anzrK/RezRzyx5HfaNrv0n/fElNlzmsaXO0A5Ua7a7QSwyGuLToRBadruU&#10;G+u0VOJtJHcbR4qLA6toyG6t1FzeZaCdrx/Kq/8APf8A1pJSUZVbvoNe8aataY1AeP8AouRWnc0G&#10;CJ1g8qhhmayW3hoOyI2kfzVWqvt+iNd2n0vFJS6SSSSlJJJJKUkqtufTVeaHB28QSfaBBLW7/c4e&#10;1m/3ImNlVZIe6qSK3FhJESQA7T/OSUmSSSSU/wD/0PVUE02O+k8ObM7S3t4coySSkDcd7fovA4mG&#10;AfkSrx3sBDXtbM/RYG8j2z/KajpJKQ+ld/pfvb/tTmq4/wCFj4D/AGoqSSkBx3EyXNJ82Aojaw1o&#10;BPAjTQf5oU0klMdo8/vKW0ef3lSSSUx2jz+8pbR5/eVJJJTHY3w55TgAcJ0klKSSSSU//9H1VJJJ&#10;JSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9L1VJJJJSkkkklKSSSSUpJJJJSkkkkl&#10;KSSSSUpJJJJSkkkklP8A/9P1VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9T1&#10;VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9X1VJJJJSkkkklKSSSSUpJJJJSk&#10;kkklKSSSSUpJJJJSkkkklP8A/9b1VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP8A&#10;/9f1VJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9Dpv8ZV9tXTulVsybsOvJ6p&#10;j0ZF2O81vFNjbxdD2fyfctvotTKb+pVsusuacoP23Oc8smmhvpsfaXO9L2eqz/jEfq3TK+pY7aLP&#10;T9ljbWm2ttoDmztLWWfQf7v5xvvRMHDOKywOs9V1j95eRDj7WsG90u37WsSU2UkkklKSSSSUpJJJ&#10;JSkkkklKSSSSUpJJJJSkkkklP//ZOEJJTQQhAAAAAABVAAAAAQEAAAAPAEEAZABvAGIAZQAgAFAA&#10;aABvAHQAbwBzAGgAbwBwAAAAEwBBAGQAbwBiAGUAIABQAGgAbwB0AG8AcwBoAG8AcAAgAEMAUwA2&#10;AAAAAQA4QklNBAYAAAAAAAcACAAAAAEBAP/hDnZodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAv&#10;ADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+IDx4&#10;OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBDb3Jl&#10;IDUuMy1jMDExIDY2LjE0NTY2MSwgMjAxMi8wMi8wNi0xNDo1NjoyNyAgICAgICAgIj4gPHJkZjpS&#10;REYgeG1sbnM6cmRmPSJodHRwOi8vd3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgtbnMj&#10;Ij4gPHJkZjpEZXNjcmlwdGlvbiByZGY6YWJvdXQ9IiIgeG1sbnM6eG1wPSJodHRwOi8vbnMuYWRv&#10;YmUuY29tL3hhcC8xLjAvIiB4bWxuczp4bXBNTT0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4w&#10;L21tLyIgeG1sbnM6c3RFdnQ9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9zVHlwZS9SZXNv&#10;dXJjZUV2ZW50IyIgeG1sbnM6cGhvdG9zaG9wPSJodHRwOi8vbnMuYWRvYmUuY29tL3Bob3Rvc2hv&#10;cC8xLjAvIiB4bWxuczpkYz0iaHR0cDovL3B1cmwub3JnL2RjL2VsZW1lbnRzLzEuMS8iIHhtcDpD&#10;cmVhdG9yVG9vbD0iQWRvYmUgUGhvdG9zaG9wIENTNiAoV2luZG93cykiIHhtcDpDcmVhdGVEYXRl&#10;PSIyMDE4LTAxLTMxVDE3OjUwOjQ0KzAxOjAwIiB4bXA6TWV0YWRhdGFEYXRlPSIyMDE4LTAxLTMx&#10;VDE3OjUwOjQ0KzAxOjAwIiB4bXA6TW9kaWZ5RGF0ZT0iMjAxOC0wMS0zMVQxNzo1MDo0NCswMTow&#10;MCIgeG1wTU06SW5zdGFuY2VJRD0ieG1wLmlpZDo3RDc1Q0NFMEE2MDZFODExQUQxMEJCMDc4RjND&#10;RTQ3QiIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDo3Qzc1Q0NFMEE2MDZFODExQUQxMEJCMDc4&#10;RjNDRTQ3QiIgeG1wTU06T3JpZ2luYWxEb2N1bWVudElEPSJ4bXAuZGlkOjdDNzVDQ0UwQTYwNkU4&#10;MTFBRDEwQkIwNzhGM0NFNDdCIiBwaG90b3Nob3A6Q29sb3JNb2RlPSIzIiBkYzpmb3JtYXQ9Imlt&#10;YWdlL2pwZWciPiA8eG1wTU06SGlzdG9yeT4gPHJkZjpTZXE+IDxyZGY6bGkgc3RFdnQ6YWN0aW9u&#10;PSJjcmVhdGVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOjdDNzVDQ0UwQTYwNkU4MTFBRDEw&#10;QkIwNzhGM0NFNDdCIiBzdEV2dDp3aGVuPSIyMDE4LTAxLTMxVDE3OjUwOjQ0KzAxOjAwIiBzdEV2&#10;dDpzb2Z0d2FyZUFnZW50PSJBZG9iZSBQaG90b3Nob3AgQ1M2IChXaW5kb3dzKSIvPiA8cmRmOmxp&#10;IHN0RXZ0OmFjdGlvbj0ic2F2ZWQiIHN0RXZ0Omluc3RhbmNlSUQ9InhtcC5paWQ6N0Q3NUNDRTBB&#10;NjA2RTgxMUFEMTBCQjA3OEYzQ0U0N0IiIHN0RXZ0OndoZW49IjIwMTgtMDEtMzFUMTc6NTA6NDQr&#10;MDE6MDAiIHN0RXZ0OnNvZnR3YXJlQWdlbnQ9IkFkb2JlIFBob3Rvc2hvcCBDUzYgKFdpbmRvd3Mp&#10;IiBzdEV2dDpjaGFuZ2VkPSIvIi8+IDwvcmRmOlNlcT4gPC94bXBNTTpIaXN0b3J5PiA8cGhvdG9z&#10;aG9wOkRvY3VtZW50QW5jZXN0b3JzPiA8cmRmOkJhZz4gPHJkZjpsaT54bXAuZGlkOjYwMkEzQ0Ey&#10;OTk1RUU0MTFCOUFEQzg2QkY2QkNGQTJFPC9yZGY6bGk+IDxyZGY6bGk+eG1wLmlkOjlhZTQyNWU4&#10;LWMwMWMtNDhhMC1hZDU2LTUxMjIzMjlhNDFiZDwvcmRmOmxpPiA8L3JkZjpCYWc+IDwvcGhvdG9z&#10;aG9wOkRvY3VtZW50QW5jZXN0b3JzPiA8L3JkZjpEZXNjcmlwdGlvbj4gPC9yZGY6UkRGPiA8L3g6&#10;eG1wbWV0YT4gICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICA8P3hwYWNrZXQgZW5kPSJ3Ij8+/+4ADkFkb2JlAGRAAAAAAf/bAIQAAQEBAQEBAQEBAQEB&#10;AQEBAQEBAQEBAQEBAQEBAQIBAQEBAQECAgICAgICAgICAgICAgMDAwMDAwMDAwMDAwMDAwEBAQEB&#10;AQECAQECAwICAgMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD&#10;AwMD/8AAEQgNtAmwAwERAAIRAQMRAf/dAAQBNv/EAaIAAAAGAgMBAAAAAAAAAAAAAAcIBgUECQMK&#10;AgEACwEAAAYDAQEBAAAAAAAAAAAABgUEAwcCCAEJAAoLEAACAQMEAQMDAgMDAwIGCXUBAgMEEQUS&#10;BiEHEyIACDEUQTIjFQlRQhZhJDMXUnGBGGKRJUOhsfAmNHIKGcHRNSfhUzaC8ZKiRFRzRUY3R2Mo&#10;VVZXGrLC0uLyZIN0k4Rlo7PD0+MpOGbzdSo5OkhJSlhZWmdoaWp2d3h5eoWGh4iJipSVlpeYmZqk&#10;paanqKmqtLW2t7i5usTFxsfIycrU1dbX2Nna5OXm5+jp6vT19vf4+foRAAIBAwIEBAMFBAQEBgYF&#10;bQECAxEEIRIFMQYAIhNBUQcyYRRxCEKBI5EVUqFiFjMJsSTB0UNy8BfhgjQlklMYY0TxorImNRlU&#10;NkVkJwpzg5NGdMLS4vJVZXVWN4SFo7PD0+PzKRqUpLTE1OT0laW1xdXl9ShHV2Y4doaWprbG1ub2&#10;Z3eHl6e3x9fn90hYaHiImKi4yNjo+DlJWWl5iZmpucnZ6fkqOkpaanqKmqq6ytrq+v/aAAwDAQAC&#10;EQMRAD8A3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tf&#10;49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdIncPZfXO0mdN17/2Ttl4v&#10;84m4d1YLCtHb661yU8ZH+x9+690GNX8uPilj3Mdf8nPj3RSA6THV90db0zhh9QVmySm/HvVR17rD&#10;T/L/AOJdWwSl+UPx2qHYhQkPdfWsrlm+i6EyZNz/AEt73Xr3Qj7f7d6n3ZJHFtXs/rzc0stvFFt/&#10;eu28zJJfgeNMdUyE/wCwHv3XuhD9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;df/W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691Tj83P5sNR8PO8anpuPoeHsJafa23ty/3ifsx9qs5zqysaP+ErgMjbxeL/Ofc+q/6Vtz&#10;UmnXuiif9BBFZ/3ifTf+jwl/+xH37V17r3/QQRWf94n03/o8Jf8A7EfftXXuvf8AQQRWf94n03/o&#10;8Jf/ALEfftXXuvf9BBFZ/wB4n03/AKPCX/7EfftXXuvf9BBFZ/3ifTf+jwl/+xH37V17r3/QQRWf&#10;94n03/o8Jf8A7EfftXXuvf8AQQRWf94n03/o8Jf/ALEfftXXuvf9BBFZ/wB4n03/AKPCX/7EfftX&#10;Xuvf9BBFZ/3ifTf+jwl/+xH37V17r3/QQRWf94n03/o8Jf8A7EfftXXuvf8AQQRWf94n03/o8Jf/&#10;ALEfftXXuvf9BBFZ/wB4n03/AKPCX/7EfftXXuvf9BBFZ/3ifTf+jwl/+xH37V17r3/QQRWf94n0&#10;3/o8Jf8A7EfftXXuvf8AQQRWf94n03/o8Jf/ALEfftXXuvf9BBFZ/wB4n03/AKPCX/7EfftXXuvf&#10;9BBFZ/3ifTf+jwl/+xH37V17r3/QQRWf94n03/o8Jf8A7EfftXXuvf8AQQRWf94n03/o8Jf/ALEf&#10;ftXXuvf9BBFZ/wB4n03/AKPCX/7EfftXXujLfED+cFU/Kn5C7D6Jk+PkGxk3rHuuQ7oTtOTcjY3+&#10;7OzMhu0AYZtu0Am832P2/wDwKTRr1+rTobYNevdXZ+99e6ps+bH82Wo+H/edf0zH0ND2CtFtrbu4&#10;P7xv2a+1mkOep3nNJ/CVwGRt4tFvJ9ydV/0r7qTTr3RSf+ggis/7xPpv/R4S/wD2I+/auvde/wCg&#10;gis/7xPpv/R4S/8A2I+/auvde/6CCKz/ALxPpv8A0eEv/wBiPv2rr3Xv+ggis/7xPpv/AEeEv/2I&#10;+/auvde/6CCKz/vE+m/9HhL/APYj79q6917/AKCCKz/vE+m/9HhL/wDYj79q6917/oIIrP8AvE+m&#10;/wDR4S//AGI+/auvde/6CCKz/vE+m/8AR4S//Yj79q6917/oIIrP+8T6b/0eEv8A9iPv2rr3Xv8A&#10;oIIrP+8T6b/0eEv/ANiPv2rr3Xv+ggis/wC8T6b/ANHhL/8AYj79q6917/oIIrP+8T6b/wBHhL/9&#10;iPv2rr3Xv+ggis/7xPpv/R4S/wD2I+/auvde/wCggis/7xPpv/R4S/8A2I+/auvde/6CCKz/ALxP&#10;pv8A0eEv/wBiPv2rr3Xv+ggis/7xPpv/AEeEv/2I+/auvde/6CCKz/vE+m/9HhL/APYj79q6917/&#10;AKCCKz/vE+m/9HhL/wDYj79q691cJ8HPlfJ8yuk5O4JdiJ120e8s9tL+7ybmbdakYSlpKkV/8Vag&#10;xv8AnfureL7f06b62vYbBr17o4vvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de6Dbs/u&#10;HqzpXbz7q7Y7A2p1/gV8ixV258xR4z76aJQ70mKpZm81ZPYginpY5JD+EPv3Xuqde8P563RW0ZKz&#10;FdHdfbq7dyERkii3FnZT19s12PpjqqNa2Cpy1QqnlopsdSFhYCQXuK6uvdVV9pfzlvmz2FJUw7d3&#10;RtPqTFTF0Wh6/wBp0ElZ9ueEWXObxOVq1ktYtLSyQXP6VUHT71U9e6LKmS+eHydZpaer+UfdtLWE&#10;g/Zv2bvLAxpIbELHS+ahp4bnkAJGP8PfsnrfQjbb/lYfPfdKJNRfHzN4+GT1NLuXdOwdryRg/wBq&#10;Sj3Blqeov/gISf8AD36h610K1F/Jf+dVUitPtDYeNYgEx1vY235HUn+yxxzVC3H+DEe/UPXus9V/&#10;JZ+c1OrNDtrryuK/RKXsTEIz8X9JrkhX/koj36h690GW4/5T3z522kk03Q1Xl6aNS3n25vfrnOO9&#10;hciOgocu1WT/AEH2/P4uffqHrfQVy4X54/F4fcGg+UPSVDQnWKymTsvaG3WSE+q1ZS+LHzxcWYa3&#10;Qjg3Hv2evdGO6q/nHfNvriSnhzu8NtdtYiHQn8O7G2rQSVIhHEgTP7UOLyDyEfSSqqJ7Hkqw9J9U&#10;9a6tg6K/np9FbxkosR3nsPc3T+Sl0RTbkwsj7+2UriyvU1a0EEGXplY8rFFj6vSLhpTa53q691cj&#10;1t2t1r3FtyDd3Vm+tr7+23UaVGV2vmKPLQQTMms0lelMxemqFH+cp6hElQ8MgIt7t17oQPfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VOfzV/mz/AOyfd5V/TH+gH/SJ9jtvb24f&#10;7yf6VP7peX+PU7z/AGn8H/u3k9Pi0W8n3R1XvpX3UmnXurROm+wf9LfUPVXav8I/u/8A6Tet9jdg&#10;/wAB+/8A4r/BP757Ypdx/wAI/ingpvuftvufD9x9vF5NOvxpfSLde6Ej37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3VFe8v51H90vkbur4//AOy1fxD+7Pdmc6d/vb/pk+0+9/gu+pdlf3i/gP8AdWXxeXxf&#10;c/afevpv4/O1vIa6uvdXqe7de697917r3v3Xuve/de6pz+av82f/AGT7vKv6Y/0A/wCkT7Hbe3tw&#10;/wB5P9Kn90vL/Hqd5/tP4P8A3byenxaLeT7o6r30r7qTTr3Ub4dfzhtjfKDuHH9O7u6r/wBDGV3N&#10;RzJsnMVHYke8sbuLckJEi7Wn14TD/aVFRCJGonLSLNKvgAWWSJZNg1691cr7317r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917qiveX86j+6XyN3V8f8A/Zav4h/dnuzOdO/3t/0yfafe/wAF31Lsr+8X8B/urL4v&#10;L4vuftPvX038fna3kNdXXur1Pduvde9+691737r3XvfuvdU2fNj+bLUfD/vOv6Zj6Gh7BWi21t3c&#10;H9437NfazSHPU7zmk/hK4DI28Wi3k+5Oq/6V91Jp17opP/QQRWf94n03/o8Jf/sR9+1de69/0EEV&#10;n/eJ9N/6PCX/AOxH37V17r3/AEEEVn/eJ9N/6PCX/wCxH37V17r3/QQRWf8AeJ9N/wCjwl/+xH37&#10;V17r3/QQRWf94n03/o8Jf/sR9+1de69/0EEVn/eJ9N/6PCX/AOxH37V17r3/AEEEVn/eJ9N/6PCX&#10;/wCxH37V17r3/QQRWf8AeJ9N/wCjwl/+xH37V17r3/QQRWf94n03/o8Jf/sR9+1de69/0EEVn/eJ&#10;9N/6PCX/AOxH37V17r3/AEEEVn/eJ9N/6PCX/wCxH37V17r3/QQRWf8AeJ9N/wCjwl/+xH37V17r&#10;3/QQRWf94n03/o8Jf/sR9+1de69/0EEVn/eJ9N/6PCX/AOxH37V17r3/AEEEVn/eJ9N/6PCX/wCx&#10;H37V17r3/QQRWf8AeJ9N/wCjwl/+xH37V17r3/QQRWf94n03/o8Jf/sR9+1de69/0EEVn/eJ9N/6&#10;PCX/AOxH37V17q4T4OfK+T5ldJydwS7ETrto95Z7aX93k3M261IwlLSVIr/4q1Bjf8791bxfb+nT&#10;fW17DYNevdHF97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//X3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690RD5Cfy4vjD8nexJe0e18FuvIbtmw2Lw&#10;T1GH3fk8LRnH4gOtEgoqX0Bh5G1N9T+feiAevdAf/wAMufBf/nld/wD/AKMXOe9aR17r3/DLnwX/&#10;AOeV3/8A+jFznv2kde69/wAMufBf/nld/wD/AKMXOe/aR17r3/DLnwX/AOeV3/8A+jFznv2kde69&#10;/wAMufBf/nld/wD/AKMXOe/aR17r3/DLnwX/AOeV3/8A+jFznv2kde69/wAMufBf/nld/wD/AKMX&#10;Oe/aR17r3/DLnwX/AOeV3/8A+jFznv2kde69/wAMufBf/nld/wD/AKMXOe/aR17qtL+ah/L5+N3x&#10;Q+PmzuxOnsLufG7mzPcm3tl10+a3Xkc7SvgsjsncOcqYo6Ss9KyGox1KRIOQAy/Rj78RTr3SN/lR&#10;fBP4+fLfr7tjcXcuH3JksntHeWFwuFfCbnyGBiioa7CGuqEnho+JGMguGbkDj3oCvXurX/8Ahlz4&#10;L/8APK7/AP8A0Yuc970jr3Xv+GXPgv8A88rv/wD9GLnPftI6917/AIZc+C//ADyu/wD/ANGLnPft&#10;I6917/hlz4L/APPK7/8A/Ri5z37SOvde/wCGXPgv/wA8rv8A/wDRi5z37SOvde/4Zc+C/wDzyu//&#10;AP0Yuc9+0jr3Xv8Ahlz4L/8APK7/AP8A0Yuc9+0jr3Xv+GXPgv8A88rv/wD9GLnPftI6917/AIZc&#10;+C//ADyu/wD/ANGLnPftI690LXRn8sj4p/HbtDbfb/WeA3fQ712omaTD1WV3nlcvQxrn8DVbbyPm&#10;x9T6JNVLWTKt/wBLEMOQPewKde6sF97691pzfzqv+y489/4jfrz/AN183uh49e6tV+On8pD4adk/&#10;HzonsTdG2t7z7m39031hvTcU9Jv3MUdLNnd07Joc5l5aaki9MUbVE8hSNeFFlHA97oOvdDL/AMMu&#10;fBf/AJ5Xf/8A6MXOe/aR17r3/DLnwX/55Xf/AP6MXOe/aR17r3/DLnwX/wCeV3//AOjFznv2kde6&#10;9/wy58F/+eV3/wD+jFznv2kde69/wy58F/8Anld//wDoxc579pHXuvf8MufBf/nld/8A/oxc579p&#10;HXuvf8MufBf/AJ5Xf/8A6MXOe/aR17r3/DLnwX/55Xf/AP6MXOe/aR17r3/DLnwX/wCeV3//AOjF&#10;znv2kde69/wy58F/+eV3/wD+jFznv2kde69/wy58F/8Anld//wDoxc579pHXuvf8MufBf/nld/8A&#10;/oxc579pHXuvf8MufBf/AJ5Xf/8A6MXOe/aR17r3/DLnwX/55Xf/AP6MXOe/aR17r3/DLnwX/wCe&#10;V3//AOjFznv2kde69/wy58F/+eV3/wD+jFznv2kde69/wy58F/8Anld//wDoxc579pHXuj0/Hf45&#10;dY/F3r5usupaHK4/aj57JbkanzGXqc3WfxTLQwQVkn3tX69BWnj0p9BY/wBfewKde6Hb3vr3Xvfu&#10;vde9+691737r3Xvfuvde9+690lN7762b1rtfL727A3PhNn7SwNMavL7g3BkKfG4yihB0oJKipZQX&#10;kYhIoku8jlURWdgp917rXb+XP88OunlyeyviHhEoqVTNSS9yb0xazVtR9UFVsrZWQUxwrcBo6rMx&#10;yMwJDUEbAP7qW9OvdU/7M6t+XPzu7CrsphMV2J3buuonWHN7y3BkKifB4JJG8sdNlN2Z6WPHY6FF&#10;YtBRCaP0DTTwmwX3rJ631c70F/Iax8UdFmfkr2zUVdQRHNPsbqaJaaliYesQV2+NxQPJKD+iaOmx&#10;URFj46k3DDenrXVvfUfwR+IvSEdK2wOh9hwZSkCGLce48Z/fXdCzKPXPDuLeDV1VAzn1MtNJGn4V&#10;QoAG6Dr3RtVVUVURVREUKiKAqqqiyqqjgADgAe99e65e/de697917r3v3Xuve/de697917orXbnw&#10;m+KXeUdSeyei9g5bJVeszbjxWIXam7Hd+RI+6tqNRZB9JOoLJUMt73U3N9UHXuqfu/v5DmCq463M&#10;/GntWsxFZaWaHY/ayDI4uZz6xT4/euAp0qKZFtojSqxtUxuNdQLEnRX0691TPunrr5j/AMv3sWjy&#10;+RoewuktzrMYMTu7AVzSbX3NDExlNHTbgxTz4rKwMoDzY+d5LKQJ4FJ0+9ZHW+roPh7/ADu8Vmpc&#10;VsT5dYqm2/kJTFRU3cm1aCUYKpma0ccu9tp0au9EWPMlbjA8OphekpolaQbDevWutgfA5/BbqwuM&#10;3HtnM4vcO383RQZHD5zCV9LlMTlKCpTyU9bj8hRM8U0Tqbq8bkEfQ+7de6d/fuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvdac386r/suPPf8AiN+vP/dfN7oePXuton4b/wDZIfxW/wDFb+jv/fY4&#10;v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ordyf9vGu1f/ABdjfP8A7/Wq9tnj1vrep9ud&#10;a697917r3v3Xuve/de605v51X/Zcee/8Rv15/wC6+b3Q8evdEx7s+PHZHxpj6L33VVtU2D7g6u67&#10;7o623viI6nFGnrc7tyg3PkcHHURSO0OSwVZVRxM6ShnjNNVqsXnEUeuHW+ttD+Wz82KD5g9KwHcV&#10;XSw90ddQ0GC7MxaeKB8sWiMeI33j6aOwFPlFiczoihYatJ4wqxeBnuDXrXVi/vfXuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917rRW7k/7eNdq/wDi7G+f/f61Xts8et9b1PtzrXXvfuvde9+691737r3WnN/Oq/7Ljz3/&#10;AIjfrz/3Xze6Hj17q1X46fykPhp2T8fOiexN0ba3vPubf3TfWG9NxT0m/cxR0s2d3TsmhzmXlpqS&#10;L0xRtUTyFI14UWUcD3ug690Mv/DLnwX/AOeV3/8A+jFznv2kde69/wAMufBf/nld/wD/AKMXOe/a&#10;R17r3/DLnwX/AOeV3/8A+jFznv2kde69/wAMufBf/nld/wD/AKMXOe/aR17r3/DLnwX/AOeV3/8A&#10;+jFznv2kde69/wAMufBf/nld/wD/AKMXOe/aR17r3/DLnwX/AOeV3/8A+jFznv2kde69/wAMufBf&#10;/nld/wD/AKMXOe/aR17r3/DLnwX/AOeV3/8A+jFznv2kde69/wAMufBf/nld/wD/AKMXOe/aR17r&#10;3/DLnwX/AOeV3/8A+jFznv2kde69/wAMufBf/nld/wD/AKMXOe/aR17r3/DLnwX/AOeV3/8A+jFz&#10;nv2kde69/wAMufBf/nld/wD/AKMXOe/aR17r3/DLnwX/AOeV3/8A+jFznv2kde69/wAMufBf/nld&#10;/wD/AKMXOe/aR17r3/DLnwX/AOeV3/8A+jFznv2kde6PT8d/jl1j8Xevm6y6locrj9qPnsluRqfM&#10;ZepzdZ/FMtDBBWSfe1fr0FaePSn0Fj/X3sCnXuh297691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//Q3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VJ/8+P/ALJD65/8WQ2h/wC+&#10;x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62ifhv/wBkh/Fb/wAVv6O/&#10;99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFH+XfzO6g+&#10;HGxP709h15yW5stFUx7H66xFRB/efeNfAAG8CSahS0ELMv3mSnXxxAhVEs7RQSaJp17rUD+SHyx+&#10;Rfzt7KxsG45Mtl4azMLRdcdN7JpsjV4TEVNY5p6Olw2BpfJNX5KVW0S10yyVEhJVTHCEhSpNet9W&#10;9/C3+SdTLDiexPmDO808ghrsf0lt/JGOKAEB0TsDdGMfU7/XVjsXMoWymSse8kA2F9etdbCu0dm7&#10;S2Bt7GbS2PtrBbQ2vhoBTYrb+28XRYbD4+AclKXH0CRxJc3ZiFuxJZiSSfduvdKT37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Sb3ds7ae/tu5PaO+Nt4Pd2181TtS5bb+4&#10;8XR5jD5CnY38dXj69JInsQGUlbqwDKQQD7917rXl+a38lGFYct2N8PpJBJGJq7JdI53ImUSKAXkH&#10;Xu5cm+oMPquNycravV4qsER05qR6de6rJ+Ifzs79+CG+KzadbR5nL9f0+ano9/dJbwNfi3xmQiqP&#10;FlKnAxV6GXCZeNgwlIh8cpAWqgkKxtHoEjrfW4H8e/kV1V8nuuMZ2d1LuFMzg6wilyWPqFSmz+18&#10;0kSy1e3tzYsM7U1XDqBI1NHIhWWCSWF0ka/HrXQ4+/de697917r3v3Xuve/de697917r3v3XutOb&#10;+dV/2XHnv/Eb9ef+6+b3Q8evdbRPw3/7JD+K3/it/R3/AL7HF+7Dh17oyHvfXuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3XutFbuT/t412r/AOLsb5/9/rVe2zx631vU+3Otde9+691737r3Xvfuvdac386r/suP&#10;Pf8AiN+vP/dfN7oePXur4V+LO0fl5/LU+PHVW5Pt6DM/7Lb0fmtg7qeDyz7R3rQ9VY5cVlV0jW1P&#10;IHelr4V5kppJFUrJ43S3Ede61dum+0e4/wCXz8pP4tU4qrxO8OuNwVm0ex9k1c7wUm6NtvUIud2/&#10;UTICklPVwrFV42sVXjDilrIg6qmqvA9b63e+pO1dld39b7Q7V68yqZjaG9cPT5jE1Y0rPCJCYqzG&#10;5CBS3hq6SdJaWrgJJjmjdDyvu/WuhG9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wit3J/28a7V/wDF2N8/+/1qvbZ4&#10;9b63qfbnWuve/de697917r3v3XutOb+dV/2XHnv/ABG/Xn/uvm90PHr3W0T8N/8AskP4rf8Ait/R&#10;3/vscX7sOHXujIe99e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//R3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VJ/8+P/ALJD65/8WQ2h/wC+&#10;x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62ifhv/wBkh/Fb/wAVv6O/&#10;99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RJPnJ82tg/C7rFtx&#10;5kU24Oxtyx1lF1r1+tT4qnP5OBAJsrlGi9dPiqIuj1lQACxKQRHyyLbRNOvdafjv8jfn58hhf+K9&#10;mdudg12lFH+T4jb+FpnvpUH/ACfFYTGRuT/ZjjXk65pCXrk9b62zfgr/AC7erfhrtyny8kVFvju/&#10;LUAi3T2TV0gIx61EY+627sanqRqoccpuskthUVZGudlTxU8FgKda6sR97691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Va/z4/lxdcfMXb9VubC&#10;x43Y3fWJoNG3d+R05iodxpSx2pdt7/hpFL1NKwAjgrVRqmk4aPywh6aXRFevdawvTPc3yJ/lufIv&#10;Kw1GJyOA3Bt/IxYLtDq/OTSQ4PemCik8yU9RJB5InDxP91h8xTCQJrWWJpYJZI5q5HW+tzX49fID&#10;rn5NdV7c7b6xyn3+BzkRhraCoMaZjbOepkU5XbG4aSNm8NZSMwDrcpIjRzQtJBLFI9wa9a6G337r&#10;3Xvfuvde9+691737r3Xvfuvdac386r/suPPf+I368/8AdfN7oePXuton4b/9kh/Fb/xW/o7/AN9j&#10;i/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wit3J/28a7V/8XY3z/7/AFqvbZ49b63qfbnW&#10;uve/de697917r3v3XutOb+dV/wBlx57/AMRv15/7r5vdDx691tE/Df8A7JD+K3/it/R3/vscX7sO&#10;HXuqy/5xHwX/ANMGxpfkv1lh/N2d1rh2XfmKx8F6re/XmPQzSZFYoxeXIYNNcqG2uWi8sd3anpYv&#10;eiPPr3VbX8or50f7L/2QOiuycx4OnO1cxAuJyFfPootgdh1YSiocq0sh0w4/KBYqPIFvRHIKepLR&#10;xpUM+gade626fd+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691ordyf9vGu1f/ABdjfP8A7/Wq9tnj1vrep9uda697917r&#10;3v3Xuve/de605v51X/Zcee/8Rv15/wC6+b3Q8evdbRPw3/7JD+K3/it/R3/vscX7sOHXujIe99e6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//0t/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691Sf/Pj/wCyQ+uf/FkNof8Avsd4e6tw690G/wDIJ/5l&#10;D3//AOJI2z/7zDe/L17q/j3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvdac386r/suPPf+I368/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3YcOvdGQ976917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3XvfuvdAf8AIzv/AGF8Y+ot1dwdiVhiwu3aXRQYuCSNcpuf&#10;cNWrJhdr4SOT9dVWSjSCRpijEk8pWGKR19w691pJ9ldh95fPP5IDL1VHW7t7J7MztNt/Z20cUZHx&#10;+AxXlc4jbGEjmISmx2PhMks9RKVUAT1lU+tppTTJPW+tvL4IfB3Y3wv6yixNItDuDtbdFLSVPZe/&#10;lgPlyVci+VNvYJ5lEkOIonJWnjIVpnvUTKHdUjsBTrXR6ve+vde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdVqfzH/gPgPmJ1vJnN&#10;sUlBiu+9jY2ol2JuBvFSruWhhLVc2wNxVRsGpqly7UM8p/ySpbWGWGWpWTRFevda4vwD+YO8fgt3&#10;5V4fe0Gao+tM/mhtDunZFbT1UVdgKzG1r47+89PipBrjymFm8omh0apoPNTEeQxPFUGnXut1XE5b&#10;GZ7FYzOYWvpMrhszj6PK4nKY+eOqoMljMjTrV0FfRVUJKSQzROkkcikhlIINj7v17pw9+691737r&#10;3Xvfuvde9+691pzfzqv+y489/wCI368/9183uh49e62ifhv/ANkh/Fb/AMVv6O/99ji/dhw690ZD&#10;3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Wit3J/28a7V/8AF2N8/wDv9ar22ePW+t6n251rr3v3Xuve&#10;/de697917rTm/nVf9lx57/xG/Xn/ALr5vdDx691tE/Df/skP4rf+K39Hf++xxfuw4de6MeyqylWA&#10;ZWBVlYAqykWIIP1B97691p1/zXfgwfjF2qOz+vcQYOju2MpV1GMp6OArRbC3rMr1+W2YwjGiKknA&#10;krcQvpAiE1Mq2pNb0I691b9/KK+dH+zA9bjorsnMefuPqnDwJishXz663f8A15RlKKhyzyyHVNkM&#10;WWio8gWu8kZp6lmkkkqClga9e6uX97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ordyf9vGu1f/F2N8/+/wBar22ePW+t6n25&#10;1rr3v3Xuve/de697917rTm/nVf8AZcee/wDEb9ef+6+b3Q8evdbRPw3/AOyQ/it/4rf0d/77HF+7&#10;Dh17oyHvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//T3+Pfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VJ/8+P/ALJD65/8WQ2h/wC+x3h7q3Dr&#10;3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62ifhv/wBkh/Fb/wAVv6O/99ji/dhw&#10;690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddMwUFmIVVBZmYgBQBckk/QD37r3WmP/ADT/&#10;AJqz/Kbu2o2js3LNP0l1JXV+E2etJMTQbt3Cjfabh37KEOmVZnU0uMYkhaRBKgRqqdTQmvXurm/5&#10;RfwTi6F66p+/eysOF7i7SwsM2CoMhT6avr3r7IKtVR0AilGqHJZVfHVV5Nnih8NKRG61KyWA8+vd&#10;XPe99e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuta3+dn8MIMdNS/L/r3ErDT5Cqx23e66Chh0xR5Ccrj9r7/dEF&#10;l+4bx4vIPcAymjcKXlnc1I8+vdDB/JH+Xc299k5r4r73yhn3F1vQy7j6wqauUtPkdgTVax5jbayS&#10;G7viKudJKddRb7Wo8aKsVHx5T5de6vy92691737r3Xvfuvde9+691pzfzqv+y489/wCI368/9183&#10;uh49e62ifhv/ANkh/Fb/AMVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wit3J/&#10;28a7V/8AF2N8/wDv9ar22ePW+t6n251rr3v3Xuve/de697917rTm/nVf9lx57/xG/Xn/ALr5vdDx&#10;691tE/Df/skP4rf+K39Hf++xxfuw4de6Mh7317oJe8+ltj/IXqrePUPYmP8Avts7xxclDNJEIxX4&#10;jIRsKjE5/ETShhHWUNSsdTTuVK60CurRsyN7r3WkjvPavd38vT5UijjrHw3YvUu5IMztjcEMMyYb&#10;d23ajUMfloIiw8+My9E0lPV0xkNleellKyxyBacD1vrc9+KvyT2V8ruldq9v7LdKcZSH+H7p261Q&#10;s9btDeNBEgzu2q9gFJMTustNKyL56aSGcKqygC4z1roxfv3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rRW7k/7eNdq/+Lsb5/8Af61X&#10;ts8et9b1PtzrXXvfuvde9+691737r3WnN/Oq/wCy489/4jfrz/3Xze6Hj17raJ+G/wD2SH8Vv/Fb&#10;+jv/AH2OL92HDr3RkPe+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9Tf49+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUn/z4/8AskPrn/xZDaH/&#10;AL7HeHurcOvdBv8AyCf+ZQ9//wDiSNs/+8w3vy9e6v492691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3WnN/Oq/7Ljz3/iN+vP8A3Xze6Hj17raJ+G//AGSH8Vv/ABW/&#10;o7/32OL92HDr3RkPe+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691Ux/N6+WUnx7+O8nXm08l9p2b&#10;3qmT2pjJKaYpW4HY8UCx733DG0fqjkkinixlK91YPUvNE2qmNtHh17qjr+U38PI/kx34m895Yta3&#10;qPpaXG7l3LBVwiSh3PuqWVpdobQkSQFJYXlheur4yrKaeDwSACqQ+6gde63LPd+vde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3XvfuvdIzsXYO2e1Nh7w633nQLktq7427ldsZ2jOlZJMdl6NqOeSmlYN4549XlgmA1Ry&#10;KrrZlB9+691o54TIb+/l/wDzPjmm88m5ehez5qHJxQ3pE3ZtJZjS18cQY+mnzuDqGaIsbrHUq3DD&#10;inA9b63pdtbiw+79u4Ddm3a6LJ7f3PhcXuHB5KA3gyGHzVDHksZWwk/2ZYZUkX/A+79a6evfuvde&#10;9+691737r3WnN/Oq/wCy489/4jfrz/3Xze6Hj17raJ+G/wD2SH8Vv/Fb+jv/AH2OL92HDr3RkPe+&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3XvfuvdaK3cn/bxrtX/AMXY3z/7/Wq9tnj1vrep9uda697917r3v3Xu&#10;ve/de605v51X/Zcee/8AEb9ef+6+b3Q8evdbRPw3/wCyQ/it/wCK39Hf++xxfuw4de6Mh7317r3v&#10;3Xuqwf5oPwfg+WnTzbk2XjYT3l1bR12U2TLEiR1O7sLpNVmevqqbjUanSZ8YZOI6sBA0cdTUMdEV&#10;691rtfy4Pmhlvhp3j9ruyXIJ1Bv2spNt9qYOWKoMmBnp6hqbHb1pqC3kWrxMjyCpiVC8tK08Whph&#10;AUqDTrfW6vj8hQZfH0OVxVbS5LGZOjpshjsjQzxVVFX0FbCtTR1tHVQFkkiljZXjkRirKQQSD7v1&#10;rqZ7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3XutFbuT/t412r/wCLsb5/9/rVe2zx631vU+3Otde9+691737r3Xvfuvdac386r/suPPf+I368&#10;/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3X//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3VJ/8+P/ALJD65/8WQ2h/wC+x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/&#10;AN183uh49e62ifhv/wBkh/Fb/wAVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;RIUFmIAAJJJsABySSffuvdaM38wX5EVvyu+WG+N14Kepy+08VkYut+rKOkElUKna+36yShoavGwR&#10;3Zjl62SpyaIF1XqVjt6QPdDk9b621vgh8aKL4p/GrYXWclLBHvCrpBu3sqsh0M9dv7cMEc+YieeP&#10;iSOgRYMXTyCwaGmjcjUzXsMda6OJ7317r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XutWL+e/0vDtru&#10;fq7vDGUgipe0Np1u1dxyRRjTJufr+WIUddVyD/dlTjK6lpowfqlEbfQ+6t17q1P+Tz29N2n8Kdn4&#10;jIVTVWZ6i3Dn+raySV7zNjsYYtwbY9H1EUOMyVLRRH6H7cj6g+9jh17q0r3vr3Xvfuvde9+691pz&#10;fzqv+y489/4jfrz/AN183uh49e62ifhv/wBkh/Fb/wAVv6O/99ji/dhw690ZD3vr3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Wit3J/wBvGu1f/F2N8/8Av9ar22ePW+t6n251rr3v3Xuve/de697917rTm/nV&#10;f9lx57/xG/Xn/uvm90PHr3W0T8N/+yQ/it/4rf0d/wC+xxfuw4de6Mh7317r3v3Xuve/de61dP5z&#10;HwX/ALi7kqPln1fh9Gzt5ZOKDuDEY+C0O296ZGUQ0e9EihFkpMzIRFWsQAleVcszVoCVI8+vdDR/&#10;Jg+dH8XoKb4gdo5i+UxVNVVfSGayM93yGIpo2rMp1zLPKbmSjQSVeJBJvTianBRaenjbwPl17rYj&#10;92691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Wit3J/28a7V/8AF2N8/wDv9ar22ePW+t6n251rr3v3Xuve/de697917rTm/nVf9lx57/xG/Xn/&#10;ALr5vdDx691tE/Df/skP4rf+K39Hf++xxfuw4de6Mh7317r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuv//W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3VJ/8+P/ALJD65/8WQ2h/wC+x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN18&#10;3uh49e62ifhv/wBkh/Fb/wAVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RBf5m&#10;ffcnx8+HnZ+4cZW/Zbs3rSxdXbLkWTxTpm97RS0dfWUkgN1mosVHkq+FgDaSBf8AXGjgde61wP5R&#10;Hx5j7y+XO3M/mqH7vZvSVGOz8z5Y9VLUbgx1WlLsTGOxBGs5J0yARhZ46OZT9fdRx691uc+79e69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuqe/53exodz/DFN0eFTV9b9o7M3CtSF/cjoc2lVsq&#10;qp9X4SSXJUzsPy0af096bh17ooX8gDds5PyY2JNKWplHWe7cdDc6Yp2/jGHzUtv6uooB/wAgfni2&#10;l691sg+7de697917r3v3XutOb+dV/wBlx57/AMRv15/7r5vdDx691tE/Df8A7JD+K3/it/R3/vsc&#10;X7sOHXujIe99e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de60Vu5P+3jXav/AIuxvn/3+tV7bPHrfW9T7c61&#10;1737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62ifhv/wBkh/Fb/wAVv6O/99ji/dhw&#10;690ZD3vr3Xvfuvde9+690m947Q212BtTcWyN5Yej3BtXdeHr8BuDC18ZkpMlisnTtS1lLKAQw1Ix&#10;0uhDK1mVlYAj3XutIP5ifGfsD4G/JAYbEZTM0uKpcpTb86T7DpXamravD0eSFViaha6AKqZXE1CJ&#10;T1qqFIkRJ1RYZ4S1CKdb62t/5fvzIwnzI6Ox+6Z5KKh7Q2iKPbva+3KYrEKPcApyaXcOPpb6lx+X&#10;jjeppeCscgnptTtTs7WBr1ro9PvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3XutFbuT/ALeNdq/+Lsb5/wDf61Xts8et9b1PtzrXXvfuvde9+691737r&#10;3WnN/Oq/7Ljz3/iN+vP/AHXze6Hj17raJ+G//ZIfxW/8Vv6O/wDfY4v3YcOvdGQ97691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//19/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691Sf/Pj/wCyQ+uf/FkNof8Avsd4e6tw690G/wDIJ/5lD3//AOJI&#10;2z/7zDe/L17q/j3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvda&#10;c386r/suPPf+I368/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3YcOvdGQ97691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691q/fz6O5Gy/ZfT3ROPqiaLZe18h2HuKGJ7xSZ3eFYcPhKeqT8S0lFj5pk4/R&#10;W/U34q3Xuj5fySukl66+KVZ2fX0oiz/eW7a/OJM0fjqBs7Z8021ttUkoYarfdJlayJvo0dShAtyd&#10;jh17q4/3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690n907S2rvnBVu1967Z2/vDbOSNMc&#10;jt3dOGx24MFkDRVceQozW4jLRzU8viniini8kZ0yIrrZlBHuvdJnZHTvUfWdVXVvW/VnXPX1blII&#10;qXJ1eyNkbZ2pVZGlgkM0NNXVGBpad5o0cllSQkA8gX9+690I3v3Xuve/de697917rTm/nVf9lx57&#10;/wARv15/7r5vdDx691tE/Df/ALJD+K3/AIrf0d/77HF+7Dh17oyHvfXuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3XutFbuT/ALeNdq/+Lsb5/wDf61Xts8et9b1PtzrXXvfuvde9+691737r3WnN/Oq/7Ljz3/iN&#10;+vP/AHXze6Hj17raJ+G//ZIfxW/8Vv6O/wDfY4v3YcOvdGQ97691737r3Xvfuvde9+690TD51/EP&#10;bnzG6Ny+wqoUeO35gvuNw9W7qqEscFuyGnKrRVc6AuMfkkAo8ggDAKUnVGmp4baIr17rUf8Ai93/&#10;ANn/AAE+TH8cyWHy1DPtvM1uxO4+uqthTz5jAwZAU2fw0sbN4xWUksQqsdUatInjQ6mgkkV6g063&#10;1u/9f792n2jsna/YmxcxTZ/aG8cLRZ7AZakYmKrx9fEJY9cbWaOWM3ingkAeKRXjkVXVlF+tdLD3&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ordyf9vGu1&#10;f/F2N8/+/wBar22ePW+t6n251rr3v3Xuve/de697917rTm/nVf8AZcee/wDEb9ef+6+b3Q8evdbR&#10;Pw3/AOyQ/it/4rf0d/77HF+7Dh17oyHvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de6//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VJ/8+P/&#10;ALJD65/8WQ2h/wC+x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62ifhv&#10;/wBkh/Fb/wAVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wil869+ZLvv5vd4Zb&#10;EeTLS5PtGo692nBAwda6i2hNF15t1aFb2C1S0UcygWu0pY+pj7oePW+t2fqDrvG9R9U9cdXYgRfw&#10;/r7ZG2Nn08kSlVqf4Bh4cbLWtexLzvG00jNyzMWbkn3frXQje/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917rTm/nVf9lx57/xG/Xn/uvm90PHr3W0T8N/&#10;+yQ/it/4rf0d/wC+xxfuw4de6Mh7317r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rRW7k/7eNdq/wDi7G+f&#10;/f61Xts8et9b1PtzrXXvfuvde9+691737r3WnN/Oq/7Ljz3/AIjfrz/3Xze6Hj17raJ+G/8A2SH8&#10;Vv8AxW/o7/32OL92HDr3RkPe+vde9+691737r3Xvfuvde9+691QB/Oa+C/8AfPb9T8tur8Pr3ZtL&#10;HQ0/cmIx8F5twbQx8Qgot8pFCLvVYiMLDXsQS1CElLItEddSPPr3RUP5OPzo/wBFO84fi/2dmPF1&#10;x2JlzJ1vlshPam2b2DkpAhwRllNoqDOSFUVQdMVfoYKBV1Eo8D5de62rvduvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wit3J/wBvGu1f/F2N8/8Av9ar22eP&#10;W+t6n251rr3v3Xuve/de697917rTm/nVf9lx57/xG/Xn/uvm90PHr3W0T8N/+yQ/it/4rf0d/wC+&#10;xxfuw4de6Mh7317r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/R3+Pfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VJ/8+P/ALJD65/8WQ2h/wC+x3h7&#10;q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62ifhv/wBkh/Fb/wAVv6O/99ji&#10;/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+690he0d5wdc9Z9idhVQQ02xNi7t3lUCT/ADZg2vgKjNyh&#10;/wDDTAb+/de60mv5duxpu3fnN8f8Tk/JkPH2IOwcvNP+6Kj+4NHU9hzSVrNwVmmx6xvq4Yvp51W9&#10;0HHrfW8/7v1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de605v51X/Zcee/8Rv15/7r5vdDx691tE/Df/skP4rf+K39Hf8AvscX7sOHXujIe99e6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de60Vu5P+3jXav8A4uxvn/3+tV7bPHrfW9T7c611737r3Xvfuvde9+69&#10;1pzfzqv+y489/wCI368/9183uh49e62ifhv/ANkh/Fb/AMVv6O/99ji/dhw690ZD3vr3Xvfuvde9&#10;+691737r3XvfuvdYKmmp62nqKOsp4Kukq4JaaqpamKOenqaeeMxT09RBKCro6kq6MCCCQRb37r3W&#10;l9/M5+EdX8RO5v7w7LoalOkuzK2tzGwauESvFtLMI/3WX2BU1X1RqMt5saznVJSFQGklp6hhQinX&#10;ur6f5VPzlT5S9T/6PN/5ZZu8+qMbR0melqph95vraEZWhxG+Yw51S1CHRSZgjVaoMc7FRWIi2Br1&#10;7q1/3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdaK3cn/bxrtX&#10;/wAXY3z/AO/1qvbZ49b63qfbnWuve/de697917r3v3XutOb+dV/2XHnv/Eb9ef8Auvm90PHr3W0T&#10;8N/+yQ/it/4rf0d/77HF+7Dh17oyHvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de6//9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUn/z4/8A&#10;skPrn/xZDaH/AL7HeHurcOvdBv8AyCf+ZQ9//wDiSNs/+8w3vy9e6v492691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WnN/Oq/7Ljz3/iN+vP8A3Xze6Hj17raJ+G//&#10;AGSH8Vv/ABW/o7/32OL92HDr3RkPe+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RFv5mG632Z8FPkhlo5fE9dsi&#10;m2oCDYum+tyUOypoh/XXHkGU/wCBPvR4de6oO/kWbOXOfLXd+6Z4g0GyOmtxVNNLa5iy+f3HisJT&#10;AH8aqR68X+v4+hPuq8evdbbXu/Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917rTm/nVf8AZcee/wDEb9ef+6+b3Q8evdbRPw3/AOyQ/it/4rf0d/77&#10;HF+7Dh17oyHvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3XutFbuT/t412r/wCLsb5/9/rVe2zx631vU+3O&#10;tde9+691737r3Xvfuvdac386r/suPPf+I368/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3Y&#10;cOvdGQ97691737r3Xvfuvde9+691737r3XvfuvdAP8lfj5sf5QdObu6d37Tj+G7io/LiczFDHNkd&#10;q7mo1aTBboxJci09JMbsgZRNE0tPITFLID7j17rSso6rvH+Xn8q9ZQ4Psvp/c7Q1VOzT/wAB3ht2&#10;pQeSJjZGqMRnMdIGRrK4jlV18U8YKU4HrfW7B8eO+djfJbqHZ/cPX9X5cJumgV6rHTSxvktt52mt&#10;Dm9s5lI/0VVFOGic20yLomjLRSRu1+PWuhr9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691ordyf9vGu1f8AxdjfP/v9ar22ePW+t6n251rr3v3Xuve/de697917rTm/nVf9&#10;lx57/wARv15/7r5vdDx691tE/Df/ALJD+K3/AIrf0d/77HF+7Dh17oyHvfXuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de6//09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691Sf/Pj/wCyQ+uf/FkNof8Avsd4e6tw690G/wDIJ/5lD3//AOJI2z/7zDe/&#10;L17q/j3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdac386r/su&#10;PPf+I368/wDdfN7oePXurzPi78+fhxs74zfHXaO5/kHsDC7l2r0V1HtvcOHrKyuWsxOcwewMfjMt&#10;jKtUgIEsFRFJFIASNSmxPuwI690Ov/Djvwc/7yW63/8AO3If/U/v1R17r3/Djvwc/wC8lut//O3I&#10;f/U/v1R17r3/AA478HP+8lut/wDztyH/ANT+/VHXuvf8OO/Bz/vJbrf/AM7ch/8AU/v1R17r3/Dj&#10;vwc/7yW63/8AO3If/U/v1R17r3/Djvwc/wC8lut//O3If/U/v1R17r3/AA478HP+8lut/wDztyH/&#10;ANT+/VHXuvf8OO/Bz/vJbrf/AM7ch/8AU/v1R17r3/Djvwc/7yW63/8AO3If/U/v1R17r3/Djvwc&#10;/wC8lut//O3If/U/v1R17r3/AA478HP+8lut/wDztyH/ANT+/VHXuvf8OO/Bz/vJbrf/AM7ch/8A&#10;U/v1R17r3/Djvwc/7yW63/8AO3If/U/v1R17r3/Djvwc/wC8lut//O3If/U/v1R17r3/AA478HP+&#10;8lut/wDztyH/ANT+/VHXuvf8OO/Bz/vJbrf/AM7ch/8AU/v1R17o0XXXY+xu29m4fsLrbcuN3hsv&#10;cH8Q/gu48Q8kmOyP8Kys+EyP27yqjHw1dNPA91HqRvxz7317pbe/de6qb/nTZpsV8GdyUIYgbl7E&#10;67wrAG2tYMs+4tJH55x4Nv8AD3puHXuiJ/8ACfzArJlPlDuiSMa6Sg6lwNLKRyVyNRuHIZCMH/A0&#10;tMT/AK4/p70vXutlD3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691pzfzqv+y489/wCI368/9183uh49e6vM+Lvz5+HGzvjN8ddo7n+QewMLuXav&#10;RXUe29w4esrK5azE5zB7Ax+My2Mq1SAgSwVEUkUgBI1KbE+7Ajr3Q6/8OO/Bz/vJbrf/AM7ch/8A&#10;U/v1R17r3/Djvwc/7yW63/8AO3If/U/v1R17r3/Djvwc/wC8lut//O3If/U/v1R17r3/AA478HP+&#10;8lut/wDztyH/ANT+/VHXuvf8OO/Bz/vJbrf/AM7ch/8AU/v1R17r3/Djvwc/7yW63/8AO3If/U/v&#10;1R17r3/Djvwc/wC8lut//O3If/U/v1R17r3/AA478HP+8lut/wDztyH/ANT+/VHXuvf8OO/Bz/vJ&#10;brf/AM7ch/8AU/v1R17r3/Djvwc/7yW63/8AO3If/U/v1R17r3/Djvwc/wC8lut//O3If/U/v1R1&#10;7r3/AA478HP+8lut/wDztyH/ANT+/VHXuvf8OO/Bz/vJbrf/AM7ch/8AU/v1R17r3/Djvwc/7yW6&#10;3/8AO3If/U/v1R17r3/Djvwc/wC8lut//O3If/U/v1R17r3/AA478HP+8lut/wDztyH/ANT+/VHX&#10;uvf8OO/Bz/vJbrf/AM7ch/8AU/v1R17r3/Djvwc/7yW63/8AO3If/U/v1R17r3/Djvwc/wC8lut/&#10;/O3If/U/v1R17rUT3/uTB7x+e+9d3bYydNmttbq+Xu49ybezFGzNR5bB5zuabJ4nJ0jOATFPTyxy&#10;xkgHSwuB7oet9b4ntzrXXvfuvde9+691737r3WnN/Oq/7Ljz3/iN+vP/AHXze6Hj17raJ+G//ZIf&#10;xW/8Vv6O/wDfY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691UX/Ni+DA+THVv+&#10;lfrvECo7v6nxVVPSUtHBqrd/bGgZ6/K7RKxjXLWUpMtbiFGotIZ6ZVLVSsmiK9e6o+/lb/OKb4n9&#10;v/3N31k5Yuje08hRY7d61Ejmm2VuPijw+/oIm4SOK602W0WL0tpSJHpIUNQade63MYZoqiKKeCWO&#10;eCeNJoZoXWSKaKRQ8csUiEhlYEFWBsRyPd+vdZPfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Wit3J/28a7V/8XY3z/7/AFqvbZ49b63qfbnWuve/de697917r3v3XutOb+dV/wBl&#10;x57/AMRv15/7r5vdDx691eZ8Xfnz8ONnfGb467R3P8g9gYXcu1eiuo9t7hw9ZWVy1mJzmD2Bj8Zl&#10;sZVqkBAlgqIpIpACRqU2J92BHXuh1/4cd+Dn/eS3W/8A525D/wCp/fqjr3Xv+HHfg5/3kt1v/wCd&#10;uQ/+p/fqjr3Xv+HHfg5/3kt1v/525D/6n9+qOvde/wCHHfg5/wB5Ldb/APnbkP8A6n9+qOvde/4c&#10;d+Dn/eS3W/8A525D/wCp/fqjr3Xv+HHfg5/3kt1v/wCduQ/+p/fqjr3Xv+HHfg5/3kt1v/525D/6&#10;n9+qOvde/wCHHfg5/wB5Ldb/APnbkP8A6n9+qOvde/4cd+Dn/eS3W/8A525D/wCp/fqjr3Xv+HHf&#10;g5/3kt1v/wCduQ/+p/fqjr3Xv+HHfg5/3kt1v/525D/6n9+qOvde/wCHHfg5/wB5Ldb/APnbkP8A&#10;6n9+qOvde/4cd+Dn/eS3W/8A525D/wCp/fqjr3Xv+HHfg5/3kt1v/wCduQ/+p/fqjr3Xv+HHfg5/&#10;3kt1v/525D/6n9+qOvde/wCHHfg5/wB5Ldb/APnbkP8A6n9+qOvdGi667H2N23s3D9hdbblxu8Nl&#10;7g/iH8F3HiHkkx2R/hWVnwmR+3eVUY+Grpp4Huo9SN+Ofe+vdLb37r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VJ/8+P/&#10;ALJD65/8WQ2h/wC+x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e6cutP5&#10;LPyl7U646/7P29v3oGjwHY+ydq78wdJmd09iU+YpcPu/BQbhxtNlaeh2rUQpUpDUIs6Q1EqK4YJI&#10;6gMfUPXult/ww58vP+fjfG//ANC/s7/7D/ftJ6917/hhz5ef8/G+N/8A6F/Z3/2H+/aT17r3/DDn&#10;y8/5+N8b/wD0L+zv/sP9+0nr3Xv+GHPl5/z8b43/APoX9nf/AGH+/aT17r3/AAw58vP+fjfG/wD9&#10;C/s7/wCw/wB+0nr3Xv8Ahhz5ef8APxvjf/6F/Z3/ANh/v2k9e69/ww58vP8An43xv/8AQv7O/wDs&#10;P9+0nr3Xv+GHPl5/z8b43/8AoX9nf/Yf79pPXuvf8MOfLz/n43xv/wDQv7O/+w/37Sevde/4Yc+X&#10;n/Pxvjf/AOhf2d/9h/v2k9e69/ww58vP+fjfG/8A9C/s7/7D/ftJ6917/hhz5ef8/G+N/wD6F/Z3&#10;/wBh/v2k9e69/wAMOfLz/n43xv8A/Qv7O/8AsP8AftJ6917/AIYc+Xn/AD8b43/+hf2d/wDYf79p&#10;PXuvf8MOfLz/AJ+N8b//AEL+zv8A7D/ftJ6917/hhz5ef8/G+N//AKF/Z3/2H+/aT17rYd+DHQ27&#10;/jJ8WerukN+ZLbeW3Xsn++38VyG0azKV+3qj+8nYuX3dQ/w+rzNHQVL6KavhSXyUkdpQ4XUoV2sM&#10;Dr3RtPe+vdUu/wA9eqen+HezYlYKtb8gtmUsgJALomxN0VoVf6nVCp/2HvR4de6Br+QJSKnWnyKr&#10;wtnqd87IpGbjlaLAVkyr/Xg1BP8Asfel691sD+7de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3XutOb+dV/2XHnv/Eb9ef+6+b3Q8evdOXWn8ln5S9q&#10;dcdf9n7e370DR4DsfZO1d+YOkzO6exKfMUuH3fgoNw42mytPQ7VqIUqUhqEWdIaiVFcMEkdQGPqH&#10;r3S2/wCGHPl5/wA/G+N//oX9nf8A2H+/aT17r3/DDny8/wCfjfG//wBC/s7/AOw/37Sevde/4Yc+&#10;Xn/Pxvjf/wChf2d/9h/v2k9e69/ww58vP+fjfG//ANC/s7/7D/ftJ6917/hhz5ef8/G+N/8A6F/Z&#10;3/2H+/aT17r3/DDny8/5+N8b/wD0L+zv/sP9+0nr3Xv+GHPl5/z8b43/APoX9nf/AGH+/aT17r3/&#10;AAw58vP+fjfG/wD9C/s7/wCw/wB+0nr3Xv8Ahhz5ef8APxvjf/6F/Z3/ANh/v2k9e69/ww58vP8A&#10;n43xv/8AQv7O/wDsP9+0nr3Xv+GHPl5/z8b43/8AoX9nf/Yf79pPXuvf8MOfLz/n43xv/wDQv7O/&#10;+w/37Sevde/4Yc+Xn/Pxvjf/AOhf2d/9h/v2k9e69/ww58vP+fjfG/8A9C/s7/7D/ftJ6917/hhz&#10;5ef8/G+N/wD6F/Z3/wBh/v2k9e69/wAMOfLz/n43xv8A/Qv7O/8AsP8AftJ6917/AIYc+Xn/AD8b&#10;43/+hf2d/wDYf79pPXuvf8MOfLz/AJ+N8b//AEL+zv8A7D/ftJ6917/hhz5ef8/G+N//AKF/Z3/2&#10;H+/aT17qs3DbDzHVfylxXWG4anG1mf647+odh5yrw01VUYeqzG0OxF29kqnFVFdDTzPTPNTu0DzU&#10;8TshUvGjEqNdb6+gH7c611737r3Xvfuvde9+691pzfzqv+y489/4jfrz/wB183uh49e62ifhv/2S&#10;H8Vv/Fb+jv8A32OL92HDr3RkPe+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691qdfzhfg&#10;v/oZ35J8kessP4erOzcy43ri8fBak2N2JkGaomqliiFocdmmDzxcaIqvzQ3RJqWL3Ujz690d3+TX&#10;86P9Iu1af4p9oZjyb62NipJup8tkJ7z7q2LjYtU+02lmN5K3CRjVTKCWkoBYKBRSO/gfLr3V9Hu3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rRW7k/wC3jXav/i7G+f8A3+tV7bPH&#10;rfW9T7c611737r3Xvfuvde9+691pzfzqv+y489/4jfrz/wB183uh49e6cutP5LPyl7U646/7P29v&#10;3oGjwHY+ydq78wdJmd09iU+YpcPu/BQbhxtNlaeh2rUQpUpDUIs6Q1EqK4YJI6gMfUPXult/ww58&#10;vP8An43xv/8AQv7O/wDsP9+0nr3Xv+GHPl5/z8b43/8AoX9nf/Yf79pPXuvf8MOfLz/n43xv/wDQ&#10;v7O/+w/37Sevde/4Yc+Xn/Pxvjf/AOhf2d/9h/v2k9e69/ww58vP+fjfG/8A9C/s7/7D/ftJ6917&#10;/hhz5ef8/G+N/wD6F/Z3/wBh/v2k9e69/wAMOfLz/n43xv8A/Qv7O/8AsP8AftJ6917/AIYc+Xn/&#10;AD8b43/+hf2d/wDYf79pPXuvf8MOfLz/AJ+N8b//AEL+zv8A7D/ftJ6917/hhz5ef8/G+N//AKF/&#10;Z3/2H+/aT17r3/DDny8/5+N8b/8A0L+zv/sP9+0nr3Xv+GHPl5/z8b43/wDoX9nf/Yf79pPXuvf8&#10;MOfLz/n43xv/APQv7O/+w/37Sevde/4Yc+Xn/Pxvjf8A+hf2d/8AYf79pPXuvf8ADDny8/5+N8b/&#10;AP0L+zv/ALD/AH7Sevde/wCGHPl5/wA/G+N//oX9nf8A2H+/aT17rYd+DHQ27/jJ8WerukN+ZLbe&#10;W3Xsn++38VyG0azKV+3qj+8nYuX3dQ/w+rzNHQVL6KavhSXyUkdpQ4XUoV2sMDr3RtPe+vde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3X//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3VJ/8+P/ALJD65/8WQ2h/wC+x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/&#10;AN183uh49e62ifhv/wBkh/Fb/wAVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691S1/Pap&#10;zN8PdkSAA/afIXZtQTz6Q2wN00txb/GS3P8Avdvem4de6CH+QNUK3V3yHpNQLQ7+2bUFPyq1W3am&#10;NWJ/ofCQP9Y+9L17rYD92691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvdac386r/suPPf+I368/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3Y&#10;cOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691ordyf8AbxrtX/xdjfP/AL/Wq9tnj1vrep9uda69&#10;7917r3v3Xuve/de605v51X/Zcee/8Rv15/7r5vdDx691tE/Df/skP4rf+K39Hf8AvscX7sOHXujI&#10;e99e697917r3v3Xuve/de697917r3v3Xuve/de697917pD9ldc7P7d2FuvrTf2Hgzuz96YarwWdx&#10;k/HmpKpfTPTTD1Q1EEgSelqEs8MyJKhDopHuvdaQHyK6R7Y+AHye/glDmMljcxszOUO+OpewaSMU&#10;/wDeDbqVzT7ez8K2MZkUxvSZKkYNGJo54WEkJDPQ4PW+tvj4R/LTa/zD6OwfZGK+0xu78d4sB2Xt&#10;OCUl9tbxpadWqxBFIWc0FapFZjpWLXifxsxmhmVbA1610b/3vr3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3XvfuvdaK3cn/bxrtX/xdjfP/v8AWq9tnj1vrep9uda697917r3v3Xuve/de605v51X/&#10;AGXHnv8AxG/Xn/uvm90PHr3W0T8N/wDskP4rf+K39Hf++xxfuw4de6Mh7317r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuv/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691Sf/Pj/wCyQ+uf/FkNof8Avsd4e6tw690G/wDIJ/5lD3//AOJI2z/7zDe/&#10;L17q/j3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdac386r/su&#10;PPf+I368/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3YcOvdGQ97691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvdVI/zrsO+T+D+WrVTWu3uzuvsxI1r+JJ6mpwAc/wDIVcq/7H3o8OvdEs/4T95tAflLtx2tIw6h&#10;zdKl/wBSIdx0Fe2n/AmmF/8AH3pevdbIPu3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917rTm/nVf9lx57/wARv15/7r5vdDx691tE/Df/ALJD+K3/&#10;AIrf0d/77HF+7Dh17oyHvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XutFbuT/ALeNdq/+Lsb5/wDf61Xt&#10;s8et9b1PtzrXXvfuvde9+691737r3WnN/Oq/7Ljz3/iN+vP/AHXze6Hj17raJ+G//ZIfxW/8Vv6O&#10;/wDfY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdEE/mIfDDE/M&#10;fpGswuNgo6TtvY6124Oqs9UeOEfxVoFOR2lkatraaHLpFHDIxIEU6U9QdQhKPoivXutWX4S/Kfe3&#10;wV+RRymboMzT7XqMlJsXu7YNRFLT174ygyL0lbL/AA2o0hMvhKgSz0ofS2oTUpdI6iU+6g0PW+t3&#10;fa+59v7123gd4bTy1Fnts7nxGPz2AzWOlE1DlMRlKVaygrqWTi6SRurC4BF7EAgj3frXT97917r3&#10;v3Xuve/de697917r3v3Xuve/de697917rRW7k/7eNdq/+Lsb5/8Af61Xts8et9b1PtzrXXvfuvde&#10;9+691737r3WnN/Oq/wCy489/4jfrz/3Xze6Hj17raJ+G/wD2SH8Vv/Fb+jv/AH2OL92HDr3RkPe+&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9ff49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3XvfuvdUn/z4/8AskPrn/xZDaH/AL7HeHurcOvdBv8AyCf+&#10;ZQ9//wDiSNs/+8w3vy9e6v492691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3WnN/Oq/7Ljz3/iN+vP8A3Xze6Hj17raJ+G//AGSH8Vv/ABW/o7/32OL92HDr3RkPe+vd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3RBP5om1X3f8AA35EY6JNc2O21gt1RkC7Rps3emM3VVuv9P2KOVWP+pJ9&#10;6PDr3VHP8h/dy4r5PdlbPmmEcO7+mcjW06E/8CMrtjduLmp4gv5Ipautkv8AgKf6+6rx691tg+79&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917oK9896dJdYZWmwXZfcXVfXmbrc&#10;fHlqPD757C2ltLK1eKmqZaOLJ02Pz9ZTzSU7TQTRLMiFC8bqDqRgPde6XO3Ny7c3hhMdubaWfwm6&#10;dt5iD7rEbg25laHN4TKUusx/c47K4ySWCePUrLrikYXBF7g+/de6e/fuvde9+691pzfzqv8AsuPP&#10;f+I368/9183uh49e62ifhv8A9kh/Fb/xW/o7/wB9ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Wit3J/28a7V/wDF2N8/+/1qvbZ49b63qfbnWuve/de697917r3v3XutOb+dV/2XHnv/ABG/&#10;Xn/uvm90PHr3W0T8N/8AskP4rf8Ait/R3/vscX7sOHXujIe99e697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de61xf50HwX8qVHzB6tw5MsS0lF3lhMdBcyQqEocT2TDTxC90Hjo8&#10;wVv6fBVFQFq5TUjz690hf5Mfzo/uvmab4ido5jTt3cldUVPSuZyE9o8LuaulapyHX8k0p0rT5OQv&#10;U41bjTWGSEa2rIlTwPl17rZ092691737r3Xvfuvde9+691737r3Xvfuvde9+691ordyf9vGu1f8A&#10;xdjfP/v9ar22ePW+t6n251rr3v3Xuve/de697917rTm/nVf9lx57/wARv15/7r5vdDx691tE/Df/&#10;ALJD+K3/AIrf0d/77HF+7Dh17oyHvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e6//0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691Sf/Pj/wCy&#10;Q+uf/FkNof8Avsd4e6tw690G/wDIJ/5lD3//AOJI2z/7zDe/L17q/j3br3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdac386r/suPPf+I368/wDdfN7oePXuton4b/8A&#10;ZIfxW/8AFb+jv/fY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdBp3RsZOzunu1euHRXG/eud7bN&#10;CtYASbl23U4eJwx+hVpgyt+CAfx7917rTF/li7/PWPzr6Erq13pabPbpr+usjBLeEyS7+wtVtDGU&#10;06tYgpkaqkk0n+0gB90HHrfW8L7v1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3XutM7+cpvpd4/Oje+Lim89P11s/YWxYXVtUYYYMbxrYYz+PHU5ieNx+HVvdDx691tcfFrY79a/G&#10;voXYc8P29btbqLr7E5SPTpP8ag2vTNm5Cv4L1Zmcj+p92HDr3Q8+99e697917rTm/nVf9lx57/xG&#10;/Xn/ALr5vdDx691tE/Df/skP4rf+K39Hf++xxfuw4de6Mh7317r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;rRW7k/7eNdq/+Lsb5/8Af61Xts8et9b1PtzrXXvfuvde9+691737r3WnN/Oq/wCy489/4jfrz/3X&#10;ze6Hj17raJ+G/wD2SH8Vv/Fb+jv/AH2OL92HDr3RkPe+vde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3XvfuvdN+WxOLz+KyeCzePo8thszj6zFZbF5Cniq6DJYzI07UlfQVtLMCkkM0T&#10;vHJG4IZSQRY+/de60nP5hnw5z3wq7407YOUi6t3hWVG6+n9zxT1K1WLSjq0qKvas+TU+RchhZniV&#10;JteuSBqao1CR3WOhFD17rZJ/lmfNyk+XnTMeO3XXU6d3dZ01Bhuw6MmOGXcdGyGDDdgUNOlgY68I&#10;UrljAENYsg0Rwy0+qwNevdWVe99e697917r3v3Xuve/de697917r3v3XutFbuT/t412r/wCLsb5/&#10;9/rVe2zx631vU+3Otde9+691737r3Xvfuvdac386r/suPPf+I368/wDdfN7oePXuton4b/8AZIfx&#10;W/8AFb+jv/fY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//R&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VJ/8+P/ALJD65/8&#10;WQ2h/wC+x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78vXur+Pduvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62ifhv/wBkh/Fb&#10;/wAVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WiX8wtoZf42/ODt/H4NTiqzZn&#10;ccvYGyyqlUosdmcnF2LstoittQhp6ulW6kcofobgUPHrfW8D1zvfEdmdf7H7FwDiTCb82jt3eGJY&#10;OH/3H7kxEOXpEZhb1KkwVhYEEEEA8e79a6Wfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7rhLLHBFJNNIkUMMbyyyysqRxRxrrkkkdrAKoBJJNgPfuvdaKdN5PmJ8+omCy12O7y+SXmZWV2al&#10;2Rm97eaQMp9XjosKDcHkJF/X3Tiet9b1wAAAAAAFgBwAB9AB7v1rrv37r3Xvfuvdac386r/suPPf&#10;+I368/8AdfN7oePXuton4b/9kh/Fb/xW/o7/AN9ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Wit3J/28a7V/8XY3z/7/AFqvbZ49b63qfbnWuve/de697917r3v3XutOb+dV/wBlx57/AMRv&#10;15/7r5vdDx691tE/Df8A7JD+K3/it/R3/vscX7sOHXujIe99e697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917os3y4+Mezflr0lufqTdgio6yrj/i2y9zeAT1Wz96UELjC5&#10;6mXhmjBd6eshVgZqaWaIMrMHXRFevdaafWW/u6f5e3ynOSnx0+H351buKq21vnaVTPLFjd17cmkT&#10;+MYKonVdM1DkqXxVVBWBGUE01ZECUjPuvA9b63dumO39kd9dY7P7a67yYym096YmLJ0EjaFq6GcM&#10;afJYbKQRswirKKpSWlq4tR0yxsAWFmN+tdCf7917r3v3Xuve/de697917r3v3XutFbuT/t412r/4&#10;uxvn/wB/rVe2zx631vU+3Otde9+691737r3Xvfuvdac386r/ALLjz3/iN+vP/dfN7oePXuton4b/&#10;APZIfxW/8Vv6O/8AfY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3X/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691Sf/Pj/wCy&#10;Q+uf/FkNof8Avsd4e6tw690G/wDIJ/5lD3//AOJI2z/7zDe/L17q/j3br3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdac386r/suPPf+I368/wDdfN7oePXuton4b/8A&#10;ZIfxW/8AFb+jv/fY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691q4/z5OmHwXa/U/e2OpS&#10;uP3/ALVrNi7iliT9uPcmyan77F1VXJ/x0rMfXiGIX/RQtwLc1YefXurF/wCS53gnZ/xHp+v6+rE2&#10;4+jNy5DZ08ckmuqk2pm5X3LtCulF+IwJqzGwCw9NF/sTscOvdW7+99e697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3XuiUfzEu5U6M+HPd274KsUmdy21ajYW1SrhKo7i38w2vS1NDf6y0cNRPkQP8A&#10;U07GxtY6PDr3WvZ/JB6fffXywynZlXTeTD9K7Fy2ViqGTXHHuvesb7RwdM4PAL0MuYnRjyGhBAvy&#10;Krx691t1e79e697917r3v3XutOb+dV/2XHnv/Eb9ef8Auvm90PHr3W0T8N/+yQ/it/4rf0d/77HF&#10;+7Dh17oyHvfXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3XutFbuT/t412r/4uxvn/wB/rVe2zx631vU+3Otd&#10;e9+691737r3Xvfuvdac386r/ALLjz3/iN+vP/dfN7oePXuton4b/APZIfxW/8Vv6O/8AfY4v3YcO&#10;vdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUo/zf&#10;/gv/AKcOvn+Q/WeH83bPV2Gl/vTjMfBqrN+ddUIaqqVSGIXmyOHBkqaW3rlpjPAPI60sa1I8+vdV&#10;XfylfnR/suHZ/wDoc7GzBg6U7Yy9NEtZXT6aLYG/qkJQY3cpkkOiGhrgIqLKs1lQLBUsypTyiTQN&#10;Ovdbf/u/Xuve/de697917r3v3Xuve/de60Vu5P8At412r/4uxvn/AN/rVe2zx631vU+3Otde9+69&#10;1737r3Xvfuvdac386r/suPPf+I368/8AdfN7oePXuton4b/9kh/Fb/xW/o7/AN9ji/dhw690ZD3v&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFI+Svzh+OHxQgii7a3zHD&#10;uarpxVY7Ye26Y7g3tX07/wCbqP4NTMq00L2IjqK+aCJyCFckEe9VA691VbuH+f11vS1kse1fjpvb&#10;N0CuRFVZ7fWD21UyIDYO1FQUGVVSfrbzn/X961de6edmfz8Om8nkKen330X2HtKhmkRJsjt/cWA3&#10;n9qjGzTSUlVFiHZV+pCEt/RSfftXXurfuhvkj0t8l9qNvHpjfWL3fjKd4oMrRw+ahz236uaPyJRb&#10;gwFesdXSSMAdBliCSAFomdRf3atevdDl7917onvym+cfRnw9qtl0ncU27YZd+wZypwH92dunOI0e&#10;3pKWLI/eP5oREQayHQOdXq/p70TTr3Un4sfNjpL5hrvVunJt1zLsE4Fc+dzbeOCAO4xVnHCiPmmE&#10;v/AKbyfTT6frq9+Br17qf8p/mL0/8PcLtLP9v/3q/h+9MrkcPhjtbBxZuYVmMo0ran7yOWop/Guh&#10;10kFrm/HF/fiade6Jb/w918J/wDVduf+gFS//XH3rUOvde/4e6+E/wDqu3P/AEAqX/64+/ah17r3&#10;/D3Xwn/1Xbn/AKAVL/8AXH37UOvde/4e6+E/+q7c/wDQCpf/AK4+/ah17ob/AI8fzOfjN8nOz8X1&#10;H1l/pCO7cvjszk6T+8G04MVixTYOgbI1vmrY6yYq3jQ6B4yCeLi/vda9e6sN97691737r3Xvfuvd&#10;e9+691737r3XvfuvdAj8hfkH1x8Yus8l2x2pW5Gj2rjcjicSww9AcplavIZqsFHRUtDQB4/I36pH&#10;9Y0xo7f2ffuHXuq+f+HtPhF/yu9qf+gB/wDjvuuode6s56w7H2t2917s3s/ZNXNW7T31t/HblwNR&#10;UwGlqmx+SgE8UdZSsSYpoyTHNESSjqy3492690u/fuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9Pf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUn/z4/8AskPrn/xZDaH/AL7HeHur&#10;cOvdBv8AyCf+ZQ9//wDiSNs/+8w3vy9e6v492691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3WnN/Oq/7Ljz3/iN+vP8A3Xze6Hj17raJ+G//AGSH8Vv/ABW/o7/32OL9&#10;2HDr3RkPe+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3XvfuvdEI/mXfH6T5E/ELsvbWLofv94bMpouztjRJH5am&#10;TP7MhlqqzH0cY5aavxcmQx8Kgi8k6E/T3o8Ovda438oP5Fx9GfLLC7Xzlf8AabK7zo4etsv5ZdFJ&#10;TbnqKsVOwMrIpsC4r741WY2RK6Vz9PdRx691uYe79e697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3XutZj+fF3+mU3P1Z8a8LWrJT7YppO0d9QxSa0XO5iCXC7MoJ1U+iamoTkKp0YG8dbCwt+at6de&#10;6Pr/ACYuiH6n+JVNvzLUX225u9c/Ub4laVNFVHs/HIcHsmkk/rHJHHVZSA3N0rh/rDa8OvdW5e99&#10;e697917r3v3XutOb+dV/2XHnv/Eb9ef+6+b3Q8evdbRPw3/7JD+K3/it/R3/AL7HF+7Dh17oyHvf&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3XutFbuT/t412r/AOLsb5/9/rVe2zx631vU+3Otde9+691737r3&#10;Xvfuvdac386r/suPPf8AiN+vP/dfN7oePXuton4b/wDZIfxW/wDFb+jv/fY4v3YcOvdGQ9769173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691p//wA2n4L/&#10;AOy39n/6YuucP4OlO2MvUymjoYNFDsDf1SHr8ltkJGNENDXBZa3FKtlQLPTKqpTxmShHXurU/wCU&#10;B86P9OPXyfHnsvMebtnq7DRf3WyeQn1Vm/eu6ELS0ztNIbzZHDgx01Vf1y0xgn/cdaqRbA1691db&#10;7317r3v3Xuve/de697917rRW7k/7eNdq/wDi7G+f/f61Xts8et9b1PtzrXXvfuvde9+691737r3W&#10;nN/Oq/7Ljz3/AIjfrz/3Xze6Hj17raJ+G/8A2SH8Vv8AxW/o7/32OL92HDr3RkPe+vde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3XvfuvdE/+dPydg+Jfxx3n2rBFTVe7HNNtbr7G1ah6eu3&#10;rng8eMkqoiRrgo4knyFRGCNccDICCwPvRNOvdaWuydndz/MDvWj27i58lv8A7b7V3DU1dfmM3WO7&#10;TVEiNW5bO5zIsGFPR0dOjyysqaYoYwkScJGaZPW+tjTqz+RD0HhsHSHt7sjsTe+6JKaM5D+6VTid&#10;n7apqplvNFQU9VSV1ZKim6rLLUIWA1GNL6RbT1roKvkv/Iv2rR7OzO5vjFvjdk268RRT18HX2/6j&#10;FZWk3MtNC0smMwu4sdTUT0tXJbTTiqilikfSjyQgmQeK+nXuqP8A4vfInsD4j947d7J2zNkKOXCZ&#10;VcVvnasrTU0G5tsfeCHcW18xRSWGsqrGEyLqgqEjlWzxj3UGnW+t8/bO4sTu/be392YGpFZg9z4T&#10;Fbhw1WosKrFZqhjyWPqAPxrikRrf4+3Otda43/CgL/i9fF//ALVfa/8A7l4D3RuPXun3/hP5/wAB&#10;flD/ANRHUv8A1r3D72vXurFf5j3wg3b829o9Z7b2nvfbmyZti7kzmcrancVBk66KuiyuLjoIoaVc&#10;byrIyFm18EHj6e9kV691Ut/wwV3H/wA/86z/APQe3T/xT3rT17oovzO/li79+GPWGF7P3T2fs/eV&#10;Dmt6Y/ZkOJwGJzdDWRVOQxFbl0rnmyA8ZjRaJkZf1XdSLgG2iKde6L98MfiLuP5ndn5nq/bG8MHs&#10;vI4fZeR3m+Tz9FkK+jqKbHZahxL0McWN9YkZq5XDN6dKMPqQPfgK9b6s7/4YK7j/AOf+dZ/+g9un&#10;/invenrXRv8A4MfynuyPib8iNu90bi7X2RuzE4bBbqxM+GwuHz1JkZ5M/hpMZBLFPXftARs4d78k&#10;Cw5PHgKHr3V5vu3Xuve/de697917r3v3Xuve/de697917rXP/n4dvmHGdH9EUNUwNdVZntLclMkl&#10;gYaJG2xtTyoDyGeTKsAeLoD+PdW691rfz4jKUuMx+ZqMfWQYnLVGQpMZkpYJEoq+pxQhOTgpKhhp&#10;keD7iDyqpJXyJe2oe69b628f5KHbP9/fh+ux6uqabK9Pb4z+1/FI2qRMBnnG7sJL9b6PJWVlOgtw&#10;IbD6e7rw611b/wC99e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r//1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691Sf/Pj/wCyQ+uf/FkNof8Avsd4e6tw690G/wDIJ/5lD3//AOJI2z/7&#10;zDe/L17q/j3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdac386&#10;r/suPPf+I368/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3YcOvdGQ97691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3WkF/Mg+NlZ8UvlduvGbdp6jE7I3jVjs7q2tovJSx47FZmvepqcLQTw28T4&#10;fIpUUkKq5kWBKaViDKvuh49b62q/gJ8oaL5Y/GzZfYNRVwSb6w0CbN7QoY9CS0u+MHSxpXV5p04S&#10;HJwtDk6cLdVWfxXLROBYGo610dL3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3SM7F39tnqzYe7+yN516&#10;YzauyNvZXc2drW0lo8fiaRquZKeNiPJNJpEcESnVJIyooLMB7917rSE25jN/fzDvmzClaKiLOd5d&#10;lS5PNy07GpXaGxqU/cV5gllFjDhMDS+CmEltfgij5ZxenE9b63ldubfw+0tvYLau3aGHF7f2zhsZ&#10;t/B4ynBWnx2Hw1EmOxlDAD9EihjSNf8AAD3frXTz7917r3v3Xuve/de605v51X/Zcee/8Rv15/7r&#10;5vdDx691tE/Df/skP4rf+K39Hf8AvscX7sOHXujIe99e697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de60Vu5P&#10;+3jXav8A4uxvn/3+tV7bPHrfW9T7c611737r3Xvfuvde9+691pzfzqv+y489/wCI368/9183uh49&#10;e62ifhv/ANkh/Fb/AMVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3QX9z9QbI766w3h1L2JjBlNp70xMuMr410LV0M4YT43M4&#10;uaRWEVZRVKRVVJLpOmWNSQwup9x691pFdmbC7p/l7fKcY2DIzYffvVu4qXcuxt2U8EsWM3XtyaR/&#10;4PnaeBm0zUOSpfLS19IXZQTU0cpLJIPdOB631uWfEf5ObN+WvSW2O29pmKjq6tP4TvPbPnE9Vs/e&#10;lBChzWBqW4ZowXSoo5mUGamlhlKqXKLYGvWujM+99e697917r3v3XutFbuT/ALeNdq/+Lsb5/wDf&#10;61Xts8et9b1PtzrXXvfuvde9+691737r3WnN/Oq/7Ljz3/iN+vP/AHXze6Hj17raJ+G//ZIfxW/8&#10;Vv6O/wDfY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691rxfz/&#10;AHcVbDtH43bSjd1x2R3H2FuKrjDfty1uFxmMxuPdk/rGlfUgH/az7q3Xui7/AMhTb+Iru/u5Nx1c&#10;MMuYwHVNJRYhpFVpKeHO7ppxlJ4L/RrUsURYf2XI+je/L17ral92691737r3Wn38yv5dfyp3F8p+&#10;9tx9VdBbrzewNydh5rce3crif4JFja2DcDrmayWjjnqo2CCpnmWxQWIIt7oQa9e62Wfg9tvfmzfi&#10;X0PtDs3B5DbW+Nq7Dodt5vB5VoXyGO/gdVNjMbBUNTvIlzSRU7KA5spANjcCw4de6pV/4UBf8Xr4&#10;v/8Aar7X/wDcvAe6tx690+/8J/P+Avyh/wCojqX/AK17h97Xr3Wxx7t17r3v3XuqT/57f/ZJuwf/&#10;ABOm3f8A3i897q3Dr3Va38ij/srnev8A4gvdH/vY4H3pePXuttn3fr3Xvfuvde9+691737r3Xvfu&#10;vdeJA+pt/r+/de66BBFwQR/Ucj37r3Xfv3XutIL+aH2+O4/mt3BkqWqWqwmyclTdYYBo5PJClJse&#10;H+GZQwsCRpkyhyEwtx6/dDx630cb5a/E1+vf5VvxJ3oMaINy7Qzku6t4u0QFVFQ9+Qfxn/KnAuDT&#10;yU+FotLHg8D34jHWuu/5E3bB2z8hOxOpaypdKDtDYQy+NgMn7Um5NhVhrIVSMn9bY+syDkgciMX+&#10;g97Xr3W1t7t17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuv//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3VJ/8+P/ALJD65/8WQ2h/wC+x3h7q3Dr3Qb/AMgn/mUPf/8A4kjbP/vMN78v&#10;Xur+Pduvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pzfzqv+y48&#10;9/4jfrz/AN183uh49e62ifhv/wBkh/Fb/wAVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3XvfuvdVtfzQviG/ys+O1e+1sctX211S1fvPrwRRhqzNRClA3RsmFuSTlKaJGp0FtVZT0o&#10;LKhc+9EVHXutcv8AljfMaT4kd/QUu7a6Wk6g7Qeg2p2TFOXEGAqIqh027vhovqGxc80qVXBP2c1T&#10;ZHkWICoNOvdbqkE8NTDDU000VRT1EUc8E8EiSwzwyoJIpoZYyVZWUhlZSQQbj3fr3WX37r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691rffzvPmHE6Yv4g7EyqyMJMZuzumoo5riMx6Mls3YtQVP1v48xWxkcWobNzKo&#10;qx8uvdCv/JE+Jsmxuvs98ot5YxoNy9n00u2+uIauHTPj+u6KtWXKZyNJAGQ5iugRYiQD9vSxyIxj&#10;qufAefXur6vduvde9+691737r3Xvfuvdac386r/suPPf+I368/8AdfN7oePXuton4b/9kh/Fb/xW&#10;/o7/AN9ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wit3J/28a7V/8XY3z/7/AFqvbZ49&#10;b63qfbnWuve/de697917r3v3XutOb+dV/wBlx57/AMRv15/7r5vdDx691tE/Df8A7JD+K3/it/R3&#10;/vscX7sOHXujIe99e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917qtT+Zp8I6T5d9MyZLalDTr3d1nTV+Z69rAI4Zdx0TIJ8z1/XVD2BjrggehaQg&#10;Q1ixnXHFLUFtEV691rcfy8vmPnvhV3xfdAykXVu8Kyn2p2/tiaCpWqxS0lW9PSbqgxjDyLkMLM8r&#10;PD49ckDVNPpEjo0dQadb63YsTlsZnsVjM5hMhR5bDZnH0eVxOUx9RFV0GSxmQp1q6CvoqqElJIZo&#10;nWSORCQykEGx936104e/de697917rRW7k/7eNdq/+Lsb5/8Af61Xts8et9b1PtzrXXvfuvde9+69&#10;1737r3WnN/Oq/wCy489/4jfrz/3Xze6Hj17raJ+G/wD2SH8Vv/Fb+jv/AH2OL92HDr3RkPe+vde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUhfz0OoMtvT467D7Sw1JJWf6Id7T/3g&#10;WGJpHpNsb4pIsVPkpNAJ8cVfTY6NyeAJSx4BPurde6oY/l+fLAfD75D4XsbK0tZkdi53G1Wy+xMf&#10;jwJK9trZaphqjlMdAzKslRQVVPT1aREjyKjxBlMmoaBp1vrdm607S687i2jjN99Ybvwe9dqZeJZa&#10;PMYKtjqoQxUM9JWQi0tNUR3tNTVCJLG3pdFPHu/Wul97917r3v3Xuve/de61qv8AhQF/xevi/wD9&#10;qvtf/wBy8B7o3Hr3T7/wn8/4C/KH/qI6l/617h97Xr3Wxx7t17r3v3XuqT/57f8A2SbsH/xOm3f/&#10;AHi897q3Dr3Va38ij/srnev/AIgvdH/vY4H3pePXuttn3fr3Xvfuvde9+691737r3Xvfuvdaz/8A&#10;PT7jzGR7L6P6D2nk69KrDYWu3tmaHFVNRBPVZveGQG39sUcvgZSZI4aOpaND+KkH8+6nj17q/wA+&#10;PPWa9N9GdT9Xl3mqdk7E27hMnUSytNJV5uHHpJnq15XJJM1a88puf7Xu3Xupve3ZlD010x2j2rkH&#10;RYNg7F3JuaNZP01FdjcXJNjKID8tPU+KBR+S4Hv3XutE3obr/LfIb5F9abAqpJq/Idn9l4ilz9W5&#10;Zpno8pmBX7qycrDkmOl+6qHP+0n23xPW+t2D5kdP0vbXxJ7r6qx1DCJKvrXKPteiSINHBmtpUq5/&#10;asFOg5UCqoqeNbc2Nvdzw611pffDjtZukvlH0d2U8zU9Dt/sHBwZxxIYrbbzsx29uUO39PsauoNj&#10;xce6DHW+t+kEMAykMrAFWBBBBFwQR+PbnWuu/fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691Sf/Pj/wCyQ+uf/FkNof8Avsd4e6tw690G/wDI&#10;J/5lD3//AOJI2z/7zDe/L17q/j3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvdac386r/suPPf+I368/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3YcOvdGQ97&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdann84b4LzdPb/qfkr1phtHVnZeXLb4x2Pg/y&#10;bY3YuRkaWorGhiFosfm31TxPykdYZoSY1mpYzQjz690b7+Tv8/od24TE/Ert7Nom7Nu0X23S+4cl&#10;UWO5dt0MJc7Aqp5jzXY2JS2Muf3qRTAAr0yefYPl17rYF92691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RJPnj8yNr/DX&#10;pfIbvqXosl2PuaOtwfVW0Z31PmdxiAeTLV9OjB/4ZixJHU18gKhrxU6ustRGfeiade61Wfhf8ad+&#10;/P75O1LbwyGZym3Tmpew++N+Tu33bY/I5J6yroY64AImSzVR5KWjVReNfNULG0VK6ioyet9btuEw&#10;uJ21hcRt3AY6kxGCwGMoMLhcTQQrT0OMxOLpUocdj6OBPSkUMKJHGg4CgAe79a6dPfuvde9+6917&#10;37r3Xvfuvdac386r/suPPf8AiN+vP/dfN7oePXuton4b/wDZIfxW/wDFb+jv/fY4v3YcOvdGQ976&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691ordyf9vGu1f/ABdjfP8A7/Wq9tnj1vrep9uda697917r3v3X&#10;uve/de605v51X/Zcee/8Rv15/wC6+b3Q8evdbRPw3/7JD+K3/it/R3/vscX7sOHXujIe99e69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xut&#10;Yv8AnOfBf+62Zqfl31dh9O3NyV9PTd1YfHwaYsLueulWmx+/44YhpWnykjJT5JrDTWGOY62rJWSp&#10;Hn17pd/yX/nR5o6f4fdpZi8sS1db0bm8jPcyQqHrsv1tNUSm90HkrcQG/s+elDALSRHwPl17rY59&#10;2691737r3Wit3J/28a7V/wDF2N8/+/1qvbZ49b63qfbnWuve/de697917r3v3XutOb+dV/2XHnv/&#10;ABG/Xn/uvm90PHr3W0T8N/8AskP4rf8Ait/R3/vscX7sOHXujIe99e697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de6Ytz7Z2/vTbub2luvEUOf21uTF1uFzuEycC1OPymKyNO1LW0VXA&#10;/DJJGxU/kfUEEA+/de61WfmR/Jm7b6zzGZ3n8aKSr7W61qKiorodlxzI3Y+0ad38gx0VLOVGap4g&#10;dMM1M33RUASU7sDK9SPTr3VVOyOze+vjRu+qm2VursPp3eFHIsWVx9PNl9tVrtESBS5/b9cqJOoN&#10;wYayndfrdfdet9WwdIfz0O/dntR43uzZO1O3MOjRR1GaxKjYu8hCBpkmaTHxzYyd7chPsIdR+sgv&#10;f3bV1rq+f4r/AD5+Ofy6pxR9cbolxO+YKVqvJdabwigw28qWGKMPU1NDTJJLT5Cnjudc+PnmCCxl&#10;EZIHvdQevdHS97691rVf8KAv+L18X/8AtV9r/wDuXgPdG49e6ff+E/n/AAF+UP8A1EdS/wDWvcPv&#10;a9e62OPduvde9+691Sf/AD2/+yTdg/8AidNu/wDvF573VuHXuq1v5FH/AGVzvX/xBe6P/exwPvS8&#10;evdbbPu/Xuve/de6Tu7t3bY2FtnObz3nncbtnau2sbU5fPZ7MVUdHjcXjqRPJPU1VRIbAD6KouzM&#10;QqgsQD7r3Wvb3v8Az2KuPctXtv4xdTUG48ZTzy0tJvPsYZhpc68ZINTidlYGSnnihaxaJqmt8rLY&#10;vBE11FdXXulb8Qv51OQ7H7P291T8kdg7a2XJu3K0m3cNvvaEmVoMVjNwV84pMfRbpwOenqpIYJ5m&#10;SE1kVVaFmUyRePXJH4H1690THZ6N81/5xlTl5R/Fdn7a7Vr85+5+5SLsjo2AUmDuq3HhranH0gI+&#10;hapN/r79xPXuttX3br3VNX87vt/+4nxRxnXFFVNDlu5d74zETxRyBHfa+0iu5805ANyv3UeMhYfQ&#10;iQg+9Nw691V9/I36h/vn8ntz9o1tMJcZ09sSslo5Xi1pHunfDtt/GaWbgMKBcqwtyCAePel691tq&#10;kBgVYBlYEMpAIIIsQQfx7t17rQR+YPVbdJ/J/vDrRYTT0W3Ows82Ej0GMDbmZqP49tpkH9PsKqn+&#10;nts8et9bpvwq7XHdnxU6L7GkqBU5HMdf4agz0vk8jtuTbSHbO4mkP11NW0c7882IP59uDrXRovfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvdf/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;Un/z4/8AskPrn/xZDaH/AL7HeHurcOvdBv8AyCf+ZQ9//wDiSNs/+8w3vy9e6v492691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WnN/Oq/7Ljz3/iN+vP8A3Xze6Hj1&#10;7raJ+G//AGSH8Vv/ABW/o7/32OL92HDr3RkPe+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3SR37sTaXZ+zNy9fb8wdFuTZ+7sTVYTP4WvQtT11BVppdQyEPHIjaZYJ4mWSKRUkjZXRWHuvdaU/&#10;ze+GnZHwT7lpHxlbm59gZLMHcHTfZ9DJLSVynG1S19LjK/IUPj+1zmKfxmQx6PIAlVCFVykVCKdb&#10;62Dv5aX8yjB/KPAY/qbtnJUGF+Q2BoDHHJJ4KCg7WxlBBqlz2DiXTGmUjjUyZPHRgAgNVUy+DyxU&#10;tga9a6t497691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3XvfuvdF8+THyY6v+KfV+W7Q7Pyy01JTLJS7e29SSQtuHee4WhMlFt3btFIQZJpCLyS&#10;m0cEYaaZkjQt70TTr3Wmv2Hv35CfzKPlBRNBjZs7vXe2QXBbI2dQzznbmwtpU0r1EdFHUSDTT0FB&#10;CZavJV8iAyN5qhxqcJ7rknrfW398OPifsj4fdM4brLa3iyWcqDHmewN4tAIa3eG756dY63IMDdo6&#10;SEAU+PpbkRQKNReZ5pZLAU610a33vr3Xvfuvde9+691737r3Xvfuvdac386r/suPPf8AiN+vP/df&#10;N7oePXuton4b/wDZIfxW/wDFb+jv/fY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ordy&#10;f9vGu1f/ABdjfP8A7/Wq9tnj1vrep9uda697917r3v3Xuve/de605v51X/Zcee/8Rv15/wC6+b3Q&#10;8evdbRPw3/7JD+K3/it/R3/vscX7sOHXujIe99e697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XumHdO2Nv7223ntn7sxNFntsbnxGQwOfwuR&#10;iE1DlMRlKVqOvoaqPi6SRuymxBF7gggH37r3WkR82fixvf4KfIoYrC5DM0+2J8lHvrpHf1PLJT18&#10;mMoMilVRRfxKn06MthagRQVRTS2oQ1SokdREPdCKHrfW03/Lv+Z2J+Y/SNHmsjPRUnbex1odv9q4&#10;Gn8cI/irQMMdu3HUq200OXSKSaNQNMU6VFOCwhDvYGvWuj9e99e60Vu5P+3jXav/AIuxvn/3+tV7&#10;bPHrfW9T7c611737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62ifhv/wBkh/Fb/wAV&#10;v6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+690EvanQ3THd+MOJ7a6x2Xv+k8Zjhk3HgqKtyFGpFicbl9Iq6Vv6PTTow/B9+p17qkj5V/yOdn5&#10;LF5XdnxS3DX7c3DTQzVadW7yyL5TbuYMatJ9jt7dVWfu6GZuFiXIPURM1g00C3cVK+nXutciCfsH&#10;pjsIS08u4OvuyuutySJrjaoxG4tr7mwVYYpYyRZ4poZUZHU8EXBupINet9bv/wACvk0/yx+NOyu0&#10;smlNBvGBqzaXYNLSIsVNHvLb2iGvrKaBOI4q6F6fIRxDiNZ/GL6L+7g1611Tn/woC/4vXxf/AO1X&#10;2v8A+5eA91bj17p9/wCE/n/AX5Q/9RHUv/WvcPva9e62OPduvde9+691Sf8Az2/+yTdg/wDidNu/&#10;+8XnvdW4de6rW/kUf9lc71/8QXuj/wB7HA+9Lx691ts+79e697917rWK/m2/IzfHyD7/ANp/Bbpq&#10;Sor8di9ybcxe56DHTuibv7Tz0kZxeGyEkVwaLCxzxNIH9CVLTPKt6WNlqTXA691c98N/g11B8Qdg&#10;4rEbfweJz3ZNVQUz747OrsdBNn87ljHrq4MXVVCtJRYyOQstLRQso0BXm8kxeQ7Ap17qv3+d18dN&#10;g5DozF/InEYLG4TsfZO79v4TL57GUkFFWbj2vuSR8etHmZaYKaiWkrDTS0k0l3jUzIDpew03XugR&#10;/kIdRmWr7z75yFOWaKPDdXbdq5IyxaWoZd1buKTP/aAXEgkf6og/X35evdbI/u3XutR3+eF28N7/&#10;ACnwXWlFVLNi+nNi4+gqoo5NaR7p3ky7ky7EA2DfZHFxsPqChB90PHr3RuP5Q3evxT+OXx13BUdm&#10;d4de7Q7E7H35kczlsHmMr4MtjcDgaZMHtykrYVjOnUy1lZGCT6KgH6kgbFOvdWuf8OI/CH/vJjq3&#10;/wA/b/8AXr3uo691rT/zet4dIdofIzb3a/SPY+1OwaHeGwMZQbtfbFb942N3JtarlxkElf6VK+fH&#10;tRJFf6+FvwPdTx691af/ACIe2RuPofs3qGsqVeu6031DuDFwM/7ibd37QmQRxoT+hMhQVsjED6zf&#10;4+9r17q9f3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3X/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691Sf/Pj/wCyQ+uf/FkNof8Avsd4e6tw690G/wDIJ/5lD3//AOJI2z/7zDe/L17q/j3b&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdac386r/suPPf+I368&#10;/wDdfN7oePXuton4b/8AZIfxW/8AFb+jv/fY4v3YcOvdGQ97691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+690Evd/SHW/yH633B1X2pgIc/tXPw+pfTFksPkoVYY/P4Cv0s1LXUrMXgnQH6&#10;sjq8TyRv7j17rTU+Y3wm7p+BvZWNy8Vfl6/Y0ucSv6t7l24avGOlfQzff46iyNTQsHxWcpQglEYk&#10;Ak0GalkdUk8dCCOvdXM/y/v5wG3OwoMH1B8qstj9qdgKkGN2/wBt1RpsZtLebqBFBT7wYBIMTknF&#10;v8qOmiqGvc0smhJtg+vXur6kdJEWSNleN1V0dGDI6MNSsrLwQRyCPduvdcvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RJfmP8APDpX4bbXep3hkY9y9jZK&#10;iefaXVWDraf+8uZdgUp6/LPaQYvGawRJX1KHUFdaeKolUxe9E0691qWdhdkfJ7+ZL8g8ZA9FkN7b&#10;1zs82O2Xsbb6S0+1NibeacSTxUMU7mKhoYF0y5DJ1kmp9IkqJmIUCvE9b62qfgN8B9jfC3Yjs70O&#10;6+5t10UA3/v9aYhEjutQNpbS+4USwYmnkCsxYLJWSqJ51ULBBT2Ap1rqwT3vr3Xvfuvde9+69173&#10;7r3Xvfuvde9+691pzfzqv+y489/4jfrz/wB183uh49e62ifhv/2SH8Vv/Fb+jv8A32OL92HDr3Rk&#10;Pe+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3XvfuvdaK3cn/bxrtX/xdjfP/v8AWq9tnj1vrep9uda697917r3v&#10;3Xuve/de605v51X/AGXHnv8AxG/Xn/uvm90PHr3W0T8N/wDskP4rf+K39Hf++xxfuw4de6Mh7317&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917ooHzd+Je1/mH0bnOuMp9pjt347y7g603XPGS+2t40tOy0nnljBc0FapNHkYgGvE/kVT&#10;NDCy6Ir17rUI+Ovd3a/wA+Tv8brsPksbmNm5uu2R2317Vyfb/wB4NupXLBuDATNcxmVTGlXjasFo&#10;xNHBMDJCSr14HrfW791r2Ns/tzYW1Oy9g5iDPbP3phqTO4LJwceakql9UFTCfVDUQSB4KqnezwzI&#10;8TgOjAX611pHdyf9vGu1f/F2N8/+/wBar22ePW+t6n251rr3v3Xuve/de697917rTm/nVf8AZcee&#10;/wDEb9ef+6+b3Q8evdbRPw3/AOyQ/it/4rf0d/77HF+7Dh17oyHvfXuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3XuqM/wCad8/fkR8Q+3Outo9RTbNh27unrj+8df8A3k2wc3VNmo9z&#10;VuMn8FT9xFpjEEVP+3p4JJub2Giade6MP/Kw+XPa3y96r7J3X27PtubP7T7Bg29jxtrC/wAEpkw9&#10;RtylyURqKfzTa3Mzz2e44Frce/A1691aL7317r3v3XutQP8Anc7Ewe0/mNS5/DU0FJUdidX7X3Tn&#10;44ESMVGco8hXbXkr5FS3rlpqClDki7MpY3JJ90PHr3Vh38gytrJOlO98fI7mgpO0MJV0qG/jSqr9&#10;qRxVpS/FytPBcD/D3teHXugY/wCFAX/F6+L/AP2q+1//AHLwHvTcevdPv/Cfz/gL8of+ojqX/rXu&#10;H3tevdbHHu3Xuve/de6pP/nt/wDZJuwf/E6bd/8AeLz3urcOvdVrfyKP+yud6/8AiC90f+9jgfel&#10;49e622fd+vdJDsHeFB17sPeu/cpY43ZW09xbsr1LaNdJt7ETZaeMN+CyxFR/iffuvdau/wDJw2XW&#10;97/NHs75Cb1AyeR2Xidx73mqZ1M4O/uz8vNQwVWuW9itK+WaP8ghSLafdRx691tb+7de6pM/np9i&#10;Uu3fi9srr1ZVGT7H7Qx06wagHfCbMxk+UyU4T6kJVT45Sf6sPem4de6Nx/LG6gPTXwr6aw9VTNTZ&#10;rd+Hm7Mz6yII5mrt9y/xmgSZbAhosc1DTkHn9v34cOvdHvyOQo8Tj67K5GeOlx+Mo6rIV1VKwWKm&#10;o6OBqmpnkY/RURWYn+g976918/DvTsXKd7979mdkuk1VX9kdhZ3M46lUM0y0mVyzR4HGRIbn9qm+&#10;3p0X+ige2+t9WWwfyN/mNNBBM2c6Yp2mhilaCbd+4RNA0iB2hmEeGZdSE6W0sRccEjn3vSetdZf+&#10;GMvmL/z0PSf/AKGG5P8A6y+/aT17oEPkV/Ku+S3xm6oz3cW+67rjKbU23VYemy8W09wZjJ5amTN5&#10;OLD0tZ9rW42lQxLUTRJI3luoYGxANvEEde6Ev+Sx2wOv/mNR7Oq6oQ4ruDZe4dnMjm0TZzFRLu3B&#10;SH8az9jUU0f5vNb8+/Dj17rcN93691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9Hf49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3XvfuvdUn/z4/8AskPrn/xZDaH/AL7HeHurcOvdBv8AyCf+ZQ9//wDi&#10;SNs/+8w3vy9e6v492691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;WnN/Oq/7Ljz3/iN+vP8A3Xze6Hj17raJ+G//AGSH8Vv/ABW/o7/32OL92HDr3RkPe+vde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+690kt9bD2b2dtPN7F7B21iN3bQ3HRvQZrb+cpI&#10;63H11OxDrqjflJI3CyQzRlZIpFWSN0dVYe691q4fOL+Tl2B1LNl+x/jJT5ns/rQNUV+Q2CFbIdjb&#10;Kp+ZXTGwxDXnaGP9KNAhrkXSJIagLJUmpHp17ovPw8/mk9//ABPOP2RuAy9r9RY2RaI7B3XW1FNm&#10;9rU0T+OSDZe5pUlnoRHawoKmOelUArHDA7tKNA0691s2/Gb+YD8ZPlTS0VLsDfdLhd71Ma+frLez&#10;0u3d8wz6dUkOPoJpXgyar9TLi6ioVQRr0NdRYEHr3R1fe+vde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Qadp9ydV9I7an3f21v7bGwNvQiTTX7jykFE9bLEutqTE0JJqK2oII001HFL&#10;K39lD7917rX2+XX88KsyEOU2R8RcHPioJVmo5u495Y6L+JFWuhqNlbMqw6Qfgx1mXDvYkGhjcK/u&#10;pPp17qsr42/DP5PfPvfuR3XFLmpcHlMu9RvvvbsSbKV2K+71Ba1afI1jGozOSVQFWipXbQfGJ5Ka&#10;IiQaAr1vrbV+JXwx6Z+HeyjtrrbEtW7jysNOd59h5qOCXdm76yEah91UoNNNRRuSaXHU1oYh6m8k&#10;zSTSWAp1ro2nvfXuve/de697917r3v3Xuve/de697917r3v3XutOb+dV/wBlx57/AMRv15/7r5vd&#10;Dx691tE/Df8A7JD+K3/it/R3/vscX7sOHXujIe99e697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de60Vu5P+3j&#10;Xav/AIuxvn/3+tV7bPHrfW9T7c611737r3Xvfuvde9+691pzfzqv+y489/4jfrz/AN183uh49e62&#10;ifhv/wBkh/Fb/wAVv6O/99ji/dhw690ZD3vr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdULfzlPgv/pF2tUfK3rDD+TfW&#10;xsVHD2xiKCC8+6ti42LTBuxIoReStwkQ01LEFpKAXLAUUaPUjz690SP+T186P9DO/I/jd2ZmPF1b&#10;2bmUOycpkJ7UuxuxMgy08NK0sptFj822iCXnRFV+GWyJNVS+/A+XXuiN9yf9vGu1f/F2N8/+/wBa&#10;r3U8et9b1PtzrXXvfuvde9+691737r3WnN/Oq/7Ljz3/AIjfrz/3Xze6Hj17raJ+G/8A2SH8Vv8A&#10;xW/o7/32OL92HDr3RkPe+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvda8P8/H&#10;qqur9r9Fd0UNLLLRbdyu4+vdwzxxllpl3DDDnduSTuv6UMlFXRgtxqdR9WANW690Wj+SL8m9qdV9&#10;ob96S31maPA47uKLBV+zsnkqiOlx/wDfjbpnplwUtTMypHJkqWqIpyxGuWBIRd5UU+U+XXutrX3b&#10;r3TTns9hNrYXKbj3JlsdgcBhKGoyWYzOXrIMfjMZj6SMy1NZXVtUyxxRooJZ3YAe/de60eP5ifyY&#10;xnyq+UW8uw9stK+xcPSY7Y2wpp45IZa7bW3DJbMPBKA0YrqyarrI0ZQyxyojgOp90OT1vrY8/k19&#10;MZLqr4d4rcOco5aHL9xbqyvY0dPOpSdNuzUtPgdsO6HkLUU1H99EfzHUIfz7sOHWuiF/8KAv+L18&#10;X/8AtV9r/wDuXgPdW49e6ff+E/n/AAF+UP8A1EdS/wDWvcPva9e62OPduvde9+691Sf/AD2/+yTd&#10;g/8AidNu/wDvF573VuHXuq1v5FH/AGVzvX/xBe6P/exwPvS8evdbbPu/Xuim/O+nydX8M/k3BiEl&#10;eufpnfTBIQxleljwskuQVAnJvTrLx70eHXuqbP5AO5Nvxy/JPaDzQx7prI+utx01OxUVFZgMa2Vx&#10;lbLCp5KU1RVU4ktwDOl/qPel691sgTzwUsE1TUzRU9NTxST1FRPIkUEEESGSWaaWQhVRVBZmYgAC&#10;592691qKfNXuKn/mGfPzrLqTryuGV60wm68J1NtTJ0jlqTLxV2eSfsLe9K63BgdUfwSrw9LSQyi2&#10;s2ocnr3W3JjsfR4nH0GKx1PHS4/GUdLj6GliULFTUdFAtNS08SjgKiKqqP6D3fr3REv5nHb/APoZ&#10;+FfcuZpapqXN7vw0XWe32jcJM1fvyX+C17QNcEPDjmrqgEcjx396PDr3Wqb/AC7epv8ATN8yuitp&#10;z0v3eJx28Kfe+4I2XVD/AAbYcL7rqI6kHjRPJSxUxv8AUygfn3Ucet9b1fu/Wuve/de6An5PdXx9&#10;0/HnuXq14vNPvPrzcuLxa6Q5TPLjnrNuzqpvcxV8VPIP8V96PDr3WiN032Bk+mu4+t+yaQTU+Q67&#10;37tzcskNmSZlwWZiqshQyJ9f3YkkgkW3IYj3TrfX0H8TlKHOYrGZrGTpVY3MY+iymPqoyGjqaHIU&#10;y1dJPGw+qvG6sD/Q+3OtdOHv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691Sf/Pj/wCyQ+uf/FkNof8Avsd4e6tw690G/wDIJ/5lD3//AOJI2z/7zDe/&#10;L17q/j3br3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdac386r/su&#10;PPf+I368/wDdfN7oePXuk11//N7+YfWmw9k9cbYr+uE231/tHbeydvJXbHjq61MHtTDQ4LErWVZq&#10;V8sop4IxJJpGprmwv79U9b6V3/D2Pze/52PV3/ov4/8A6r9+qetde/4ex+b3/Ox6u/8ARfx//Vfv&#10;1T17r3/D2Pze/wCdj1d/6L+P/wCq/fqnr3Xv+Hsfm9/zserv/Rfx/wD1X79U9e69/wAPY/N7/nY9&#10;Xf8Aov4//qv36p6917/h7H5vf87Hq7/0X8f/ANV+/VPXuvf8PY/N7/nY9Xf+i/j/APqv36p6917/&#10;AIex+b3/ADserv8A0X8f/wBV+/VPXuvf8PY/N7/nY9Xf+i/j/wDqv36p6917/h7H5vf87Hq7/wBF&#10;/H/9V+/VPXuvf8PY/N7/AJ2PV3/ov4//AKr9+qevde/4ex+b3/Ox6u/9F/H/APVfv1T17r3/AA9j&#10;83v+dj1d/wCi/j/+q/fqnr3Xv+Hsfm9/zserv/Rfx/8A1X79U9e69/w9j83v+dj1d/6L+P8A+q/f&#10;qnr3Xv8Ah7H5vf8AOx6u/wDRfx//AFX79U9e69/w9j83v+dj1d/6L+P/AOq/fqnr3Vx38p35q93f&#10;MODviTuSo2vUN15N1km3f7tbfXBBF3Um4Gy33gWWXy3/AIdTeP6afV9dXFhnr3VwXvfXuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuq9vlj/LR+Nnyu+/z+YwL9d9oVIeRezNiU9JQZTIVRHpk3dh2U&#10;UeXUnT5JahFq9KhI6uJfeiAevda5/wAi/wCUp8tvj/U1ud2tt9u6tk4+Vqql3V1hDVVO46OCBvJD&#10;UZbYhLZSCZQpkc0ArIYgLtUD3Ug9e6SnSf8ANE+anx4lTbzb+qd/YPEzfaTbM7moazdRompW8L0K&#10;5mplp85SiIAxrTrkVjjsB4uLe/VPW+rX+qf59/W2SSlpO6ekd3bUqtKRVGa67zOL3jjZZSLNVNhs&#10;9/Caimiv9Y0qapwPoXPHverrXR9tkfzV/ghvmKHwd547bFbLpEmO3vtzde1paZm+izZHIUQx5/xM&#10;dY4H5I97qOvdGSwfyt+L+5VQ4D5GdF5dpFDLDQdsbEqKlbi4WSlSv8iN/VXQEf097r17paJ3L1BK&#10;nlj7W62kjFv3E3zth05JA9a1VvqCPfuvdMGU+SPx3was+b776Xw6KCzPlO0tj49VUclmarrkAH+P&#10;v3XugL3d/Mh+DWyo5JMv8k+u64R6rrtGpye/ZGK/iOPY1NkS1/wRx/j71Ude6Jd2V/PQ+LO146mD&#10;rvaHZ/aOSjDfazjF47ZW2qgj6CTJ56d8hHc2/wCXO3H154OtQ691WN3V/O9+U3YMdZjer8NszpDD&#10;VCukdXiqX++m844pPS8bbh3LH9iDp4WSnw8MikllcHSV1U9e6Jz1/wDHX5q/OfdR3Tjdvdldp1WQ&#10;kEVZ2f2DlMjHtelgWQ64jvXdki0zJBckUNFJJIq+mKA8L79k9b6vT+K38kTq3r6XG7t+S24Yu3tz&#10;0/iqV2JgvvsT1rj6pbOEyNXJ4cjmQjAFRItHAwuk1NMp52F9etdXi4TB4XbWIx2A25iMZgMFiKSG&#10;gxOFwtBS4vE4yhp00U9Hj8dQokMMSKLJHGgUDgD3br3Tp7917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3XutOb+dV/2XHnv/Eb9ef+6+b3Q8evdbRPw3/7JD+K3/it/R3/AL7HF+7Dh17oyHvf&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3XutFbuT/t412r/AOLsb5/9/rVe2zx631vU+3Otde9+691737r3&#10;Xvfuvdac386r/suPPf8AiN+vP/dfN7oePXuton4b/wDZIfxW/wDFb+jv/fY4v3YcOvdGQ9769173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3WOaGKoilgnijngnjeGaGZFkimikUpJFLG4IZWBIZSLEcH37r3Wmb/NI+D03xP7f/&#10;AL47GxksXRvaeQrcjtBqdHNNsvcfNZmNgTyr/m0iu1Tiddi9LeIGR6SZ/dCKde6IZ1jlspnu8uvc&#10;5nMlkMzmsz2xtPLZjMZasqMjlMrlMju+nrMhkslkKxnlnqJ5XeWaaV2d3YsxLEn3rrfX0KfbnWuv&#10;e/de697917r3v3XutOb+dV/2XHnv/Eb9ef8Auvm90PHr3Sa6/wD5vfzD602HsnrjbFf1wm2+v9o7&#10;b2Tt5K7Y8dXWpg9qYaHBYlayrNSvllFPBGJJNI1Nc2F/fqnrfSu/4ex+b3/Ox6u/9F/H/wDVfv1T&#10;1rr3/D2Pze/52PV3/ov4/wD6r9+qevde/wCHsfm9/wA7Hq7/ANF/H/8AVfv1T17r3/D2Pze/52PV&#10;3/ov4/8A6r9+qevde/4ex+b3/Ox6u/8ARfx//Vfv1T17r3/D2Pze/wCdj1d/6L+P/wCq/fqnr3Xv&#10;+Hsfm9/zserv/Rfx/wD1X79U9e69/wAPY/N7/nY9Xf8Aov4//qv36p6917/h7H5vf87Hq7/0X8f/&#10;ANV+/VPXuvf8PY/N7/nY9Xf+i/j/APqv36p6917/AIex+b3/ADserv8A0X8f/wBV+/VPXuvf8PY/&#10;N7/nY9Xf+i/j/wDqv36p6917/h7H5vf87Hq7/wBF/H/9V+/VPXuvf8PY/N7/AJ2PV3/ov4//AKr9&#10;+qevde/4ex+b3/Ox6u/9F/H/APVfv1T17r3/AA9j83v+dj1d/wCi/j/+q/fqnr3Xv+Hsfm9/zser&#10;v/Rfx/8A1X79U9e6uO/lO/NXu75hwd8SdyVG16huvJusk27/AHa2+uCCLupNwNlvvAssvlv/AA6m&#10;8f00+r66uLDPXurgve+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdBP3j0xsj5B9V7x6h7DoWrdr7yxbUNU8Oha&#10;7GVkMi1eKzeKmkVhHV0VTHFU07lSNaAMGQsp917rTa+U/wDLb+S3xg3Bk5Jdm5rsTreGpkkwnZmx&#10;8VWZfGy4/wAjGmfcWNx4mqcTUqoHlSpXxar+GeVfV7pQjrfSP2H/ADC/mv1XjKfbm2e/99wYvGxr&#10;S0uL3J/DN2igiiGmOmgbeFLWyxIg4WNXCqOAB79U9e6TPY3yY+Xnywlpdp707C7M7VjlqI3pNk4S&#10;jnfGVNWHBgkXaG0KeGnnlU28bvTM4P6SPfqk9e6sn+DP8nXsnfu48J2L8pcJU9fda42ppslD1xXy&#10;eHfG92hfyxUGZo4SWxOPYgCpE7LVyJeNIotQnXYHr1rraioaGjxlFR43HUtPQ4/H0tPQ0NDSQx09&#10;JR0dJEIKWlpaeIBUjjRVREUAKAABYe7de617P56XWXZPYeZ+NzbA683zvlMVjOz1yj7O2ln9zJjW&#10;q6rBmkSvfC084hMojkMYktqCNa+k+6nj17p5/kW9a9jdeU/yTTf+wN7bGbKT9WtjBvHamd2z/EhS&#10;R54Vf2H8agg83i8kfk8d9Otb21C/l691sCe7de697917qnf+dfsfeu/vi9sbD7F2funeuWg7qwFd&#10;Pi9pbfy25MhBQx7PzkMlbNRYeGaRIVd40MjKFDMoJuwB0eHXuq8/5KvUHbWwflRvDL766u7F2Xia&#10;jpbctBBld2bJ3NtzGzV0u7MHNFRRV2YpYYmmZI5HWMNqKqxAsptocevdbSnu3Xum7L4nHZ7E5PB5&#10;ijhyGIzWOrcTlKCoXXT12OyNM1HXUc6flJYnZGH5BPv3XutRvuj4QfMj4Cd91HaXxlxe+ty7Oosj&#10;XVWxt87BxE+7MhRbfyLkybT3/tqliqXfxxkQVBqaV6WpCrMrLJ6IqUIOOvdDRjqn+a/8/cauxOxT&#10;uTpvo+SCR+wdxzbCn63ocng6UCXIwnGCOLMZ2WSNWEeLoz9vK5CzBEOobyevdQP5QfxT3rRfLnPd&#10;mbz637C2htHq/au5K3ZlZ2Hs7M7aqclmNzVB21hNJytPBFJUJjZa6aYQXCPpIsCt/Dj17rac9269&#10;1r+fzxF7b7ApukuoOt+t+xd6YejlzvYu6qzaGzdzbjxsWQ0/3c2vR1NXhqaaJZkjOTkaJ31BXRrW&#10;ZT7qevdB7/JA+M2+9n9j9xdu9ldf7s2VVYbauH2NtOLeW2cztuqrJty5A5fcFZjoM1DA7iGLH0sT&#10;yICAJypNz78o691si+7de697917r3v3XutIj5n/D3ubZvyn7zw2yOmu0NxbPm3/mM/tjLba2BurO&#10;YWfCbrkG5qGnocliqSWCQUy1f2rhH9LxspsVI90Iz1vraj/l4bn3duX4edKRb927uba28dp7a/uF&#10;nMRu3C5PA5lG2VVPgMXVy0OXiimK1FBDSzLIUs2o2Jsfdhw610dT3vr3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9Pf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdInfnWnXHamHptvdn9f7J7HwFHkoc&#10;zSYPfm1cFu/D0uYp6Wahp8rTY3cMFRClSkNRUQpOqB1SWRAwV2B917qNsDqjq3qijyGP6t612B1r&#10;QZapirMrQ7A2bt3Z1Hk6yCLwQ1eQptu01Mk0qJ6FkkUsF4Bt7917pf8Av3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de6BbfPxu+PXZ2ek3V2P0Z1Fv7c01LTUUu4d5d&#10;dbS3Lm5KOjUpSUr5TM0k05jiBIjQvZQeAPfqde6R/wDslvw+/wC8WPjx/wCia69/+t/vVB17r3+y&#10;W/D7/vFj48f+ia69/wDrf79Qde69/slvw+/7xY+PH/omuvf/AK3+/UHXuvf7Jb8Pv+8WPjx/6Jrr&#10;3/63+/UHXuvf7Jb8Pv8AvFj48f8Aomuvf/rf79Qde69/slvw+/7xY+PH/omuvf8A63+/UHXuvf7J&#10;b8Pv+8WPjx/6Jrr3/wCt/v1B17r3+yW/D7/vFj48f+ia69/+t/v1B17r3+yW/D7/ALxY+PH/AKJr&#10;r3/63+/UHXuvf7Jb8Pv+8WPjx/6Jrr3/AOt/v1B17r3+yW/D7/vFj48f+ia69/8Arf79Qde69/sl&#10;vw+/7xY+PH/omuvf/rf79Qde69/slvw+/wC8WPjx/wCia69/+t/v1B17r3+yW/D7/vFj48f+ia69&#10;/wDrf79Qde69/slvw+/7xY+PH/omuvf/AK3+/UHXuvf7Jb8Pv+8WPjx/6Jrr3/63+/UHXuvf7Jb8&#10;Pv8AvFj48f8Aomuvf/rf79Qde69/slvw+/7xY+PH/omuvf8A63+/UHXuhO666X6g6gGXXqjq3rzr&#10;RdwGgbPLsLZu3tpDNHFCYYw5UYGng+4+3+4qPB5dWjySaba2vvr3Ql+/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3XugB7i+LHx27/ide4On9kb3rGh+3XO1+JSi3VTwBdAho934g0+&#10;UgS1vTDWKOAbXAtqg691V52f/Im+Nu53qavrHsPsrq2smZjFQ1z4zf8AtmjBN0WCgyS0WSYD6Hy5&#10;hyRbkG5OtI690Rzen8hPv/GyStsHubqXdlKmox/3npt27Ir5lH0CUuPpM3CGP9GqgP8AavetJ690&#10;XXNfyZvnfi2daHYmzNyBSQr4XsnacCyAGwZBuKegNj9RqAP9QPftJ690jm/lGfzCVbSOgVcf6te1&#10;ulAp/r+vcYP+8e/UPXun3Gfydfn1XsFquqMBhQTbXk+zuuZVAv8AqIw2Tq2t/rC/+Hv1D17obdqf&#10;yKflll5In3PvbpXaFI1vMrbh3TnsrFf6+OjxmHFM5H5vWr/h79pPXujhdd/yCNi0bwVHbHyB3VuB&#10;SyvUYvr/AGlidpBAP1Qx5rcM+ZMgP+r+xjP40/n3vT17qyLp7+Wh8LOlXpq3b/SuB3RnaYo67i7K&#10;eo7ByJnj5jqoKLcZmx1NKp5WSjoYSDyOQPe6Dr3R7IYYaaGKnp4oqengjSGCCGNIoYYYlCRxRRIA&#10;qqoACqBYDge99e6y+/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6Bzev&#10;x2+P3ZWck3P2N0V05v8A3LLTU9HLuHevWOyd1ZySjo1KUlJJls7Qz1BiiBIjjMmlQbKB79Tr3Qo4&#10;bDYfbmHxW3tvYrG4LAYLG0OGweDw1DS4vD4bD4ulWhxuKxWNoVSGnpqeFEhgghRUjRVRFCgD37r3&#10;Tl7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917oCq34u/GbI7jq945D469FV+7q/Nz7lrt1VvUewKrcdZu&#10;OqrzlKncFXnJ8e1VJXSVTNUyVbymVpSZCxc39+oOvdDr7917r3v3Xuve/de697917oHN6/Hb4/dl&#10;ZyTc/Y3RXTm/9yy01PRy7h3r1jsndWcko6NSlJSSZbO0M9QYogSI4zJpUGyge/U690KOGw2H25h8&#10;Vt7b2KxuCwGCxtDhsHg8NQ0uLw+Gw+LpVocbisVjaFUhp6anhRIYIIUVI0VURQoA9+6905e/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xukjvbr/YfZeDbbHY2ydo7/ANtvVU9c+3t7bbw26sG9bSEmkrGxOdhnpzLE&#10;WYxyGPUtzYi/v3Xugmo/iJ8TsdWUmQx/xg+PFBX0FTBWUNdR9K9bUtZR1lLKJ6arpKmDGK8csbqr&#10;xyIwZWAIII96oOvdGH97691737r3Xvfuvde9+690C2+fjd8euzs9JursfozqLf25pqWmopdw7y66&#10;2luXNyUdGpSkpXymZpJpzHECRGheyg8Ae/U690j/APZLfh9/3ix8eP8A0TXXv/1v96oOvde/2S34&#10;ff8AeLHx4/8ARNde/wD1v9+oOvde/wBkt+H3/eLHx4/9E117/wDW/wB+oOvde/2S34ff94sfHj/0&#10;TXXv/wBb/fqDr3Xv9kt+H3/eLHx4/wDRNde//W/36g6917/ZLfh9/wB4sfHj/wBE117/APW/36g6&#10;917/AGS34ff94sfHj/0TXXv/ANb/AH6g6917/ZLfh9/3ix8eP/RNde//AFv9+oOvde/2S34ff94s&#10;fHj/ANE117/9b/fqDr3Xv9kt+H3/AHix8eP/AETXXv8A9b/fqDr3Xv8AZLfh9/3ix8eP/RNde/8A&#10;1v8AfqDr3Xv9kt+H3/eLHx4/9E117/8AW/36g6917/ZLfh9/3ix8eP8A0TXXv/1v9+oOvde/2S34&#10;ff8AeLHx4/8ARNde/wD1v9+oOvde/wBkt+H3/eLHx4/9E117/wDW/wB+oOvde/2S34ff94sfHj/0&#10;TXXv/wBb/fqDr3Xv9kt+H3/eLHx4/wDRNde//W/36g6917/ZLfh9/wB4sfHj/wBE117/APW/36g6&#10;90J3XXS/UHUAy69UdW9edaLuA0DZ5dhbN29tIZo4oTDGHKjA08H3H2/3FR4PLq0eSTTbW199e6Ev&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+690icv1p1zuCY1Oe2BsnN1DMWM+X2rgslMWP1Yy1kD&#10;tf8Axv7917p4we1tsbZiMG29uYHb8LKFaHB4jH4mIqOQpjoI4xb/AAt7917p+9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9bf49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdBJ3B03t3urby7a3Jnt97fo1E&#10;4FXsHeOX2Xlf8oaJnvkcOyyG3iXTf6XYf2j7917oqg/lvdOgAf6V/lXwLf8AZSHYv/EVHvVOvdd/&#10;8NvdO/8AP1/lX/6Uj2N/9Ue/U6917/ht7p3/AJ+v8q//AEpHsb/6o9+p17r3/Db3Tv8Az9f5V/8A&#10;pSPY3/1R79Tr3Xv+G3unf+fr/Kv/ANKR7G/+qPfqde69/wANvdO/8/X+Vf8A6Uj2N/8AVHv1Ovde&#10;/wCG3unf+fr/ACr/APSkexv/AKo9+p17r3/Db3Tv/P1/lX/6Uj2N/wDVHv1Ovde/4be6d/5+v8q/&#10;/Skexv8A6o9+p17r3/Db3Tv/AD9f5V/+lI9jf/VHv1Ovde/4be6d/wCfr/Kv/wBKR7G/+qPfqde6&#10;9/w2907/AM/X+Vf/AKUj2N/9Ue/U6917/ht7p3/n6/yr/wDSkexv/qj36nXuvf8ADb3Tv/P1/lX/&#10;AOlI9jf/AFR79Tr3Xv8Aht7p3/n6/wAq/wD0pHsb/wCqPfqde69/w2907/z9f5V/+lI9jf8A1R79&#10;Tr3Xv+G3unf+fr/Kv/0pHsb/AOqPfqde69/w2907/wA/X+Vf/pSPY3/1R79Tr3Xv+G3unf8An6/y&#10;r/8ASkexv/qj36nXuvf8NvdO/wDP1/lX/wClI9jf/VHv1Ovde/4be6d/5+v8q/8A0pHsb/6o9+p1&#10;7r3/AA2907/z9f5V/wDpSPY3/wBUe/U6917/AIbe6d/5+v8AKv8A9KR7G/8Aqj36nXuvf8NvdO/8&#10;/X+Vf/pSPY3/ANUe/U6917/ht7p3/n6/yr/9KR7G/wDqj36nXuvf8NvdO/8AP1/lX/6Uj2N/9Ue/&#10;U6917/ht7p3/AJ+v8q//AEpHsb/6o9+p17r3/Db3Tv8Az9f5V/8ApSPY3/1R79Tr3Xv+G3unf+fr&#10;/Kv/ANKR7G/+qPfqde69/wANvdO/8/X+Vf8A6Uj2N/8AVHv1Ovde/wCG3unf+fr/ACr/APSkexv/&#10;AKo9+p17r3/Db3Tv/P1/lX/6Uj2N/wDVHv1Ovde/4be6d/5+v8q//Skexv8A6o9+p17r3/Db3Tv/&#10;AD9f5V/+lI9jf/VHv1Ovde/4be6d/wCfr/Kv/wBKR7G/+qPfqde69/w2907/AM/X+Vf/AKUj2N/9&#10;Ue/U6917/ht7p3/n6/yr/wDSkexv/qj36nXuvf8ADb3Tv/P1/lX/AOlI9jf/AFR79Tr3Xv8Aht7p&#10;3/n6/wAq/wD0pHsb/wCqPfqde69/w2907/z9f5V/+lI9jf8A1R79Tr3Xv+G3unf+fr/Kv/0pHsb/&#10;AOqPfqde69/w2907/wA/X+Vf/pSPY3/1R79Tr3Xv+G3unf8An6/yr/8ASkexv/qj36nXuvf8NvdO&#10;/wDP1/lX/wClI9jf/VHv1Ovde/4be6d/5+v8q/8A0pHsb/6o9+p17r3/AA2907/z9f5V/wDpSPY3&#10;/wBUe/U6917/AIbe6d/5+v8AKv8A9KR7G/8Aqj36nXuvf8NvdO/8/X+Vf/pSPY3/ANUe/U6917/h&#10;t7p3/n6/yr/9KR7G/wDqj36nXuvf8NvdO/8AP1/lX/6Uj2N/9Ue/U6917/ht7p3/AJ+v8q//AEpH&#10;sb/6o9+p17r3/Db3Tv8Az9f5V/8ApSPY3/1R79Tr3Xv+G3unf+fr/Kv/ANKR7G/+qPfqde69/wAN&#10;vdO/8/X+Vf8A6Uj2N/8AVHv1Ovde/wCG3unf+fr/ACr/APSkexv/AKo9+p17r3/Db3Tv/P1/lX/6&#10;Uj2N/wDVHv1Ovde/4be6d/5+v8q//Skexv8A6o9+p17r3/Db3Tv/AD9f5V/+lI9jf/VHv1Ovde/4&#10;be6d/wCfr/Kv/wBKR7G/+qPfqde69/w2907/AM/X+Vf/AKUj2N/9Ue/U6917/ht7p3/n6/yr/wDS&#10;kexv/qj36nXuvf8ADb3Tv/P1/lX/AOlI9jf/AFR79Tr3Xv8Aht7p3/n6/wAq/wD0pHsb/wCqPfqd&#10;e69/w2907/z9f5V/+lI9jf8A1R79Tr3Xv+G3unf+fr/Kv/0pHsb/AOqPfqde69/w2907/wA/X+Vf&#10;/pSPY3/1R79Tr3Xv+G3unf8An6/yr/8ASkexv/qj36nXuvf8NvdO/wDP1/lX/wClI9jf/VHv1Ovd&#10;e/4be6d/5+v8q/8A0pHsb/6o9+p17r3/AA2907/z9f5V/wDpSPY3/wBUe/U6917/AIbe6d/5+v8A&#10;Kv8A9KR7G/8Aqj36nXuvf8NvdO/8/X+Vf/pSPY3/ANUe/U6917/ht7p3/n6/yr/9KR7G/wDqj36n&#10;Xuvf8NvdO/8AP1/lX/6Uj2N/9Ue/U6917/ht7p3/AJ+v8q//AEpHsb/6o9+p17r3/Db3Tv8Az9f5&#10;V/8ApSPY3/1R79Tr3Xv+G3unf+fr/Kv/ANKR7G/+qPfqde69/wANvdO/8/X+Vf8A6Uj2N/8AVHv1&#10;Ovde/wCG3unf+fr/ACr/APSkexv/AKo9+p17r3/Db3Tv/P1/lX/6Uj2N/wDVHv1Ovde/4be6d/5+&#10;v8q//Skexv8A6o9+p17r3/Db3Tv/AD9f5V/+lI9jf/VHv1Ovde/4be6d/wCfr/Kv/wBKR7G/+qPf&#10;qde69/w2907/AM/X+Vf/AKUj2N/9Ue/U6917/ht7p3/n6/yr/wDSkexv/qj36nXuvf8ADb3Tv/P1&#10;/lX/AOlI9jf/AFR79Tr3Xv8Aht7p3/n6/wAq/wD0pHsb/wCqPfqde69/w2907/z9f5V/+lI9jf8A&#10;1R79Tr3Xv+G3unf+fr/Kv/0pHsb/AOqPfqde69/w2907/wA/X+Vf/pSPY3/1R79Tr3Xv+G3unf8A&#10;n6/yr/8ASkexv/qj36nXuvf8NvdO/wDP1/lX/wClI9jf/VHv1Ovde/4be6d/5+v8q/8A0pHsb/6o&#10;9+p17r3/AA2907/z9f5V/wDpSPY3/wBUe/U6917/AIbe6d/5+v8AKv8A9KR7G/8Aqj36nXuvf8Nv&#10;dO/8/X+Vf/pSPY3/ANUe/U6917/ht7p3/n6/yr/9KR7G/wDqj36nXuvf8NvdO/8AP1/lX/6Uj2N/&#10;9Ue/U6917/ht7p3/AJ+v8q//AEpHsb/6o9+p17r3/Db3Tv8Az9f5V/8ApSPY3/1R79Tr3Xv+G3un&#10;f+fr/Kv/ANKR7G/+qPfqde69/wANvdO/8/X+Vf8A6Uj2N/8AVHv1Ovde/wCG3unf+fr/ACr/APSk&#10;exv/AKo9+p17r3/Db3Tv/P1/lX/6Uj2N/wDVHv1Ovde/4be6d/5+v8q//Skexv8A6o9+p17r3/Db&#10;3Tv/AD9f5V/+lI9jf/VHv1Ovde/4be6d/wCfr/Kv/wBKR7G/+qPfqde69/w2907/AM/X+Vf/AKUj&#10;2N/9Ue/U6917/ht7p3/n6/yr/wDSkexv/qj36nXuvf8ADb3Tv/P1/lX/AOlI9jf/AFR79Tr3Xv8A&#10;ht7p3/n6/wAq/wD0pHsb/wCqPfqde69/w2907/z9f5V/+lI9jf8A1R79Tr3Xv+G3unf+fr/Kv/0p&#10;Hsb/AOqPfqde69/w2907/wA/X+Vf/pSPY3/1R79Tr3Xv+G3unf8An6/yr/8ASkexv/qj36nXuvf8&#10;NvdO/wDP1/lX/wClI9jf/VHv1Ovde/4be6d/5+v8q/8A0pHsb/6o9+p17r3/AA2907/z9f5V/wDp&#10;SPY3/wBUe/U6917/AIbe6d/5+v8AKv8A9KR7G/8Aqj36nXuvf8NvdO/8/X+Vf/pSPY3/ANUe/U69&#10;17/ht7p3/n6/yr/9KR7G/wDqj36nXuvf8NvdO/8AP1/lX/6Uj2N/9Ue/U6917/ht7p3/AJ+v8q//&#10;AEpHsb/6o9+p17r3/Db3Tv8Az9f5V/8ApSPY3/1R79Tr3Xv+G3unf+fr/Kv/ANKR7G/+qPfqde69&#10;/wANvdO/8/X+Vf8A6Uj2N/8AVHv1Ovde/wCG3unf+fr/ACr/APSkexv/AKo9+p17r3/Db3Tv/P1/&#10;lX/6Uj2N/wDVHv1Ovde/4be6d/5+v8q//Skexv8A6o9+p17r3/Db3Tv/AD9f5V/+lI9jf/VHv1Ov&#10;de/4be6d/wCfr/Kv/wBKR7G/+qPfqde69/w2907/AM/X+Vf/AKUj2N/9Ue/U6917/ht7p3/n6/yr&#10;/wDSkexv/qj36nXuvf8ADb3Tv/P1/lX/AOlI9jf/AFR79Tr3Xv8Aht7p3/n6/wAq/wD0pHsb/wCq&#10;Pfqde69/w2907/z9f5V/+lI9jf8A1R79Tr3Xv+G3unf+fr/Kv/0pHsb/AOqPfqde69/w2907/wA/&#10;X+Vf/pSPY3/1R79Tr3Xv+G3unf8An6/yr/8ASkexv/qj36nXuvf8NvdO/wDP1/lX/wClI9jf/VHv&#10;1Ovde/4be6d/5+v8q/8A0pHsb/6o9+p17r3/AA2907/z9f5V/wDpSPY3/wBUe/U6917/AIbe6d/5&#10;+v8AKv8A9KR7G/8Aqj36nXuvf8NvdO/8/X+Vf/pSPY3/ANUe/U6917/ht7p3/n6/yr/9KR7G/wDq&#10;j36nXuvf8NvdO/8AP1/lX/6Uj2N/9Ue/U6917/ht7p3/AJ+v8q//AEpHsb/6o9+p17r3/Db3Tv8A&#10;z9f5V/8ApSPY3/1R79Tr3Xv+G3unf+fr/Kv/ANKR7G/+qPfqde69/wANvdO/8/X+Vf8A6Uj2N/8A&#10;VHv1Ovde/wCG3unf+fr/ACr/APSkexv/AKo9+p17r3/Db3Tv/P1/lX/6Uj2N/wDVHv1Ovde/4be6&#10;d/5+v8q//Skexv8A6o9+p17r3/Db3Tv/AD9f5V/+lI9jf/VHv1Ovde/4be6d/wCfr/Kv/wBKR7G/&#10;+qPfqde69/w2907/AM/X+Vf/AKUj2N/9Ue/U6917/ht7p3/n6/yr/wDSkexv/qj36nXuvf8ADb3T&#10;v/P1/lX/AOlI9jf/AFR79Tr3Xv8Aht7p3/n6/wAq/wD0pHsb/wCqPfqde69/w2907/z9f5V/+lI9&#10;jf8A1R79Tr3Xv+G3unf+fr/Kv/0pHsb/AOqPfqde69/w2907/wA/X+Vf/pSPY3/1R79Tr3Xv+G3u&#10;nf8An6/yr/8ASkexv/qj36nXuvf8NvdO/wDP1/lX/wClI9jf/VHv1Ovde/4be6d/5+v8q/8A0pHs&#10;b/6o9+p17r3/AA2907/z9f5V/wDpSPY3/wBUe/U6917/AIbe6d/5+v8AKv8A9KR7G/8Aqj36nXuv&#10;f8NvdO/8/X+Vf/pSPY3/ANUe/U6917/ht7p3/n6/yr/9KR7G/wDqj36nXuvf8NvdO/8AP1/lX/6U&#10;j2N/9Ue/U6917/ht7p3/AJ+v8q//AEpHsb/6o9+p17r3/Db3Tv8Az9f5V/8ApSPY3/1R79Tr3Xv+&#10;G3unf+fr/Kv/ANKR7G/+qPfqde69/wANvdO/8/X+Vf8A6Uj2N/8AVHv1Ovde/wCG3unf+fr/ACr/&#10;APSkexv/AKo9+p17r3/Db3Tv/P1/lX/6Uj2N/wDVHv1Ovde/4be6d/5+v8q//Skexv8A6o9+p17r&#10;3/Db3Tv/AD9f5V/+lI9jf/VHv1Ovde/4be6d/wCfr/Kv/wBKR7G/+qPfqde69/w2907/AM/X+Vf/&#10;AKUj2N/9Ue/U6917/ht7p3/n6/yr/wDSkexv/qj36nXuvf8ADb3Tv/P1/lX/AOlI9jf/AFR79Tr3&#10;Xv8Aht7p3/n6/wAq/wD0pHsb/wCqPfqde69/w2907/z9f5V/+lI9jf8A1R79Tr3Xv+G3unf+fr/K&#10;v/0pHsb/AOqPfqde69/w2907/wA/X+Vf/pSPY3/1R79Tr3Xv+G3unf8An6/yr/8ASkexv/qj36nX&#10;uvf8NvdO/wDP1/lX/wClI9jf/VHv1Ovde/4be6d/5+v8q/8A0pHsb/6o9+p17r3/AA2907/z9f5V&#10;/wDpSPY3/wBUe/U6917/AIbe6d/5+v8AKv8A9KR7G/8Aqj36nXuvf8NvdO/8/X+Vf/pSPY3/ANUe&#10;/U6917/ht7p3/n6/yr/9KR7G/wDqj36nXuvf8NvdO/8AP1/lX/6Uj2N/9Ue/U6917/ht7p3/AJ+v&#10;8q//AEpHsb/6o9+p17r3/Db3Tv8Az9f5V/8ApSPY3/1R79Tr3Xv+G3unf+fr/Kv/ANKR7G/+qPfq&#10;de69/wANvdO/8/X+Vf8A6Uj2N/8AVHv1Ovde/wCG3unf+fr/ACr/APSkexv/AKo9+p17r3/Db3Tv&#10;/P1/lX/6Uj2N/wDVHv1Ovde/4be6d/5+v8q//Skexv8A6o9+p17r3/Db3Tv/AD9f5V/+lI9jf/VH&#10;v1Ovde/4be6d/wCfr/Kv/wBKR7G/+qPfqde69/w2907/AM/X+Vf/AKUj2N/9Ue/U6917/ht7p3/n&#10;6/yr/wDSkexv/qj36nXuvf8ADb3Tv/P1/lX/AOlI9jf/AFR79Tr3Xv8Aht7p3/n6/wAq/wD0pHsb&#10;/wCqPfqde69/w2907/z9f5V/+lI9jf8A1R79Tr3Xv+G3unf+fr/Kv/0pHsb/AOqPfqde69/w2907&#10;/wA/X+Vf/pSPY3/1R79Tr3Xv+G3unf8An6/yr/8ASkexv/qj36nXuvf8NvdO/wDP1/lX/wClI9jf&#10;/VHv1Ovde/4be6d/5+v8q/8A0pHsb/6o9+p17r3/AA2907/z9f5V/wDpSPY3/wBUe/U6917/AIbe&#10;6d/5+v8AKv8A9KR7G/8Aqj36nXuvf8NvdO/8/X+Vf/pSPY3/ANUe/U6917/ht7p3/n6/yr/9KR7G&#10;/wDqj36nXuvf8NvdO/8AP1/lX/6Uj2N/9Ue/U6917/ht7p3/AJ+v8q//AEpHsb/6o9+p17r3/Db3&#10;Tv8Az9f5V/8ApSPY3/1R79Tr3Xv+G3unf+fr/Kv/ANKR7G/+qPfqde69/wANvdO/8/X+Vf8A6Uj2&#10;N/8AVHv1Ovde/wCG3unf+fr/ACr/APSkexv/AKo9+p17r3/Db3Tv/P1/lX/6Uj2N/wDVHv1Ovde/&#10;4be6d/5+v8q//Skexv8A6o9+p17r3/Db3Tv/AD9f5V/+lI9jf/VHv1Ovde/4be6d/wCfr/Kv/wBK&#10;R7G/+qPfqde69/w2907/AM/X+Vf/AKUj2N/9Ue/U6917/ht7p3/n6/yr/wDSkexv/qj36nXuvf8A&#10;Db3Tv/P1/lX/AOlI9jf/AFR79Tr3Xv8Aht7p3/n6/wAq/wD0pHsb/wCqPfqde69/w2907/z9f5V/&#10;+lI9jf8A1R79Tr3Xv+G3unf+fr/Kv/0pHsb/AOqPfqde69/w2907/wA/X+Vf/pSPY3/1R79Tr3Xv&#10;+G3unf8An6/yr/8ASkexv/qj36nXuvf8NvdO/wDP1/lX/wClI9jf/VHv1Ovde/4be6d/5+v8q/8A&#10;0pHsb/6o9+p17r3/AA2907/z9f5V/wDpSPY3/wBUe/U6917/AIbe6d/5+v8AKv8A9KR7G/8Aqj36&#10;nXuvf8NvdO/8/X+Vf/pSPY3/ANUe/U6917/ht7p3/n6/yr/9KR7G/wDqj36nXuvf8NvdO/8AP1/l&#10;X/6Uj2N/9Ue/U6917/ht7p3/AJ+v8q//AEpHsb/6o9+p17r3/Db3Tv8Az9f5V/8ApSPY3/1R79Tr&#10;3Xv+G3unf+fr/Kv/ANKR7G/+qPfqde69/wANvdO/8/X+Vf8A6Uj2N/8AVHv1Ovde/wCG3unf+fr/&#10;ACr/APSkexv/AKo9+p17r3/Db3Tv/P1/lX/6Uj2N/wDVHv1Ovde/4be6d/5+v8q//Skexv8A6o9+&#10;p17r3/Db3Tv/AD9f5V/+lI9jf/VHv1Ovde/4be6d/wCfr/Kv/wBKR7G/+qPfqde69/w2907/AM/X&#10;+Vf/AKUj2N/9Ue/U6917/ht7p3/n6/yr/wDSkexv/qj36nXuvf8ADb3Tv/P1/lX/AOlI9jf/AFR7&#10;9Tr3Xv8Aht7p3/n6/wAq/wD0pHsb/wCqPfqde69/w2907/z9f5V/+lI9jf8A1R79Tr3Xv+G3unf+&#10;fr/Kv/0pHsb/AOqPfqde69/w2907/wA/X+Vf/pSPY3/1R79Tr3Xv+G3unf8An6/yr/8ASkexv/qj&#10;36nXuvf8NvdO/wDP1/lX/wClI9jf/VHv1Ovde/4be6d/5+v8q/8A0pHsb/6o9+p17r3/AA2907/z&#10;9f5V/wDpSPY3/wBUe/U6917/AIbe6d/5+v8AKv8A9KR7G/8Aqj36nXuvf8NvdO/8/X+Vf/pSPY3/&#10;ANUe/U6917/ht7p3/n6/yr/9KR7G/wDqj36nXuvf8NvdO/8AP1/lX/6Uj2N/9Ue/U6917/ht7p3/&#10;AJ+v8q//AEpHsb/6o9+p17r3/Db3Tv8Az9f5V/8ApSPY3/1R79Tr3Xv+G3unf+fr/Kv/ANKQ7F/+&#10;qPfqde6NP0r0vtzoraVXs7a+f37uPHVmdrNwSV/Yu9MzvrOpV1tHT0UtNBmc47zJTKtMjR04OhXa&#10;RgLu3vfXuhe9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvdf/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3SS39uj+4+xd6b1+x/in90Npbj3R/Dfufsv4j/d/DzZb7H7zxzeHzeHx&#10;+XxPpvq0Nax917opXwo+Zv8As4eK7Ayf+jf/AEd/3FyG3qHwf3w/vd/FP49TVdR5fJ/C8Z4PF9rb&#10;Tpk1ar3XTY+690eL37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3XvfuvdENwHzb/jnzOzfxE/0Zfa/wf+Jf8ZC/vn5/uP4fsxN3f8en/CU0a9f2/wDx&#10;c2tbyc/o9+690fL37r3Xvfuvde9+691737r3XvfuvdA3313lsj469Z5ztHf09SMPiDT0lHjsekcu&#10;Wz+armMeNweIgmZFaeZgzEu6pHGskrlY42I917qv/wCL38xzf3yL7o2rsOX4/T7X2FvGfctPRb4h&#10;zmay0GHk29tfIbiWKsr2xcFFUyTvRLS6EkhKM9/WQEPuvdWO9wb+n6r6t392PTYGXdNRsna2Y3JD&#10;tyCsfHTZqTFUjVS42Oujp6pojKV0iQU0hF76G+nv3Xuqgv8Ah4rdX/eH+4P/AEZ2R/8AsP8Afuvd&#10;N0H86LKVVXLQU3xTr6iugMonooO26iarhMD+OYS00e0S66G9LXXg8Hn37r3SgxX833dGSymNxzfE&#10;bP0y19fR0TVB7LyMggFVULAZih2gurTq1W1C9vqPr7917q7X37r3Xvfuvde9+691737r3XvfuvdE&#10;e+NPzM/2Yjt/uvqn/Rv/AHP/AND2QyFB/Hv74f3g/vF9huep235f4X/C6H7TX9v5tP3M1tWi5tqP&#10;uvdHh9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RDcB82/458zs38RP9GX2v8AB/4l&#10;/wAZC/vn5/uP4fsxN3f8en/CU0a9f2//ABc2tbyc/o9+690fL37r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3SN7D39tbqzZG5+w965JcTtbaOJqczma4o0rpTU4ASCmgT1Sz&#10;zSFIKeFfVJK6It2Ye/de6qc6y/mobv7c7g2jtLaPx0yR653P2DtfY0+6583lKzI4Kn3NuCmw6Z/M&#10;tjMbJQQNDFP9zJQtORxp+6t+4fde6uV9+691737r3Xvfuvde9+691737r3Xvfuvde9+691BymToM&#10;LjcjmMrVw0GLxNDV5PJV1Q2inoqCgp2qqyrnf8JHGjOx/AB9+691XJ8Pf5iGG+U3aO8+tqrZsGyZ&#10;8fjKrPbGqHzcuRqt0YjH5I01fHW0r00SU9XHBLS1PgjlkuvnIJWIt7917qyn37r3Xvfuvde9+691&#10;737r3Xvfuvde9+690R75VfMz/ZZd/wDTGxv9G/8Afb/S7kJ6D+Kf3w/u3/d7w5qgw/l+y/hdf93f&#10;77yafNDbRpv6tS+690eH37r3XvfuvdAjuz5H9I7H7P2p0zursHFYnszepoV23taSly9TPWSZWqai&#10;xUFTkKKnlo6SWqlUx0sVZURPM1hGralv7r3Q3e/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917pB9qb3/0Z9Ydj9kfwz+N/6P8AYe8N7/wb73+G/wAX/upt&#10;6oz38M/iPiqPt/uPt/F5vBJo1avG9tJ917oBvhp8pP8AZuOsM72R/cX/AEf/AME35lNkfwb+8/8A&#10;ev7n+G7exee/if8AEf4fjdGv+JeLw+BrePV5Dr0r7r3RtffuvdJLf26P7j7F3pvX7H+Kf3Q2luPd&#10;H8N+5+y/iP8Ad/DzZb7H7zxzeHzeHx+XxPpvq0Nax917qlqh/nPZjJpJJjfihksgkTBJXoe2aqrS&#10;NyNQWRqfaLAEjkA+/de6nf8ADxW6v+8P9wf+jOyP/wBh/v3XurtcVWnJYvG5FoTTNX0FHWtTlzIY&#10;DVU6zmEuVXUV1ab6Re30H09+691P9+691737r3Xvfuvde9+691737r3QI0nyP6Rru46joCj7BxVR&#10;27S001VPs+Kly7TKKbGnMVNKuXFP/D2qoqUNUS0aVZnRFZmjAVre690N3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Hf49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3XvfuvdBN33/wAyL7p/8RN2N/7x9Z7917qpT+Sj/wAer8gf&#10;/Dg6+/8AddlffuvdXZZjM4fb2Lrs5n8rjcHhcZTvV5LL5iupcZi8dSRC8lVXZCtZIoY1/tPI4A/J&#10;9+690VKf59fDunyr4eTvvZjVaTinaaBczU4oyEX1JnaakeiaP/m6tQU/2r37r3RqMDuDBbpxFDuD&#10;bOaxW4cFlIFqsbmcJkKTK4uvpn/RPR19C7xSIf8AVIxHv3XukB213f1X0VhsbuHtjeFFs3DZjJ/w&#10;bG11dR5Wsjqsn9rJXfaImJgqHB8UUj3ZQth9b2Hv3XuhJxuRo8vjqDLY6cVOPylFS5GgqQkkYqKO&#10;tgWppZxHMFddaMrWZQRexAPHv3Xugj2z8iOmN49mbg6c21vvH5Xsvav8V/j+1IaHMxVmN/gdVHRZ&#10;Xy1VTTJTN4ZZY0bxztcn03Fz7917r3b/AMiOmOhP7vf6Xd94/ZX96/4t/d776hzNb/E/4F9t/FvF&#10;/CKao0+H7ym1eTTfyDTezW917pJ9wfMD449Dbgodq9pdn4vb25K6OKf+C02Nz+48lQUs666erzFL&#10;tmkrHoo5AQ0RqhGXU6kDKCw917oUj2x1x/o4qe3od44Wu60pMHU7kn3ji6k5bEJhaJGesrVkxiyu&#10;3h0OssaoZEZWRlDqVHuvdA7V/Nj4r0OwouzarubbMWzanLVuCoq80+cfI5HK42KKfIUuL21HSHKV&#10;XgSeEyvT0bomtdTC/v3XulB0r8q+gvkK9VTdT9i4vcWWoaf7qu29U0uTwO46amBVZan+B5+CmqJY&#10;UZlR6inSSIMQC9yL+690LG+N+7L6023X7v3/ALnw20ds40L95mc7XQ0NHG8htDTo8pvJNIfTFDGG&#10;kc8IrHj37r3RTcB/Md+GW5NwJtyh7px1JVzzwU1JX53bW89uYKpmmJVgc9nsdT0kCIbB5auWJDcF&#10;WZbke690dyOSOaOOWKRJYpUWSKWNleOSN11JJG63BUgggg2I9+691Q9sD/t85vX/AMmT/wB8zD79&#10;17q+T37r3XvfuvdNuYzOH29i67OZ/K43B4XGU71eSy+YrqXGYvHUkQvJVV2QrWSKGNf7TyOAPyff&#10;uvdFSn+fXw7p8q+Hk772Y1Wk4p2mgXM1OKMhF9SZ2mpHomj/AObq1BT/AGr37r3RqMDuDBbpxFDu&#10;DbOaxW4cFlIFqsbmcJkKTK4uvpn/AET0dfQu8UiH/VIxHv3XuqGf5wHeOxd4UmwepNp7vgym4djb&#10;13JV9gbZhpsrBJhsnBhqekwclXJVQxwStoqaxUaF5LBjyAefde6tu+MnbnSPZPXuKwHSO5cTnMP1&#10;vt/am28jQYjH5THU+AIxHgx9B48jT04a600tjFqHpJJuRf3XujH+/de697917rX7+Ff/AG9N+Tv/&#10;AIcHyP8A/fsxe/de62BPfuvdE43/APzAPiL1puCfa25u48TJm6OqNJkabbmF3RvCDGSpI0NQtdkt&#10;rUNZSq8LqVlgExmU8eP6+/de6MJ1l2z1t3LtxN29X7ywm9NvmdqSWuw1SZHoqxY1mahydDMEqKSo&#10;COjmCpijk0sradLAn3Xul9PPBSwTVNTNFT01PFJPUVE8iRQQQRIZJZppZCFVFUFmZiAALn37r3RJ&#10;dzfzHfhltTNyYHId046uq6eeSCrqtuba3nunD0xQH9xc3t3HVNJUISNINJNLyQTZeffuvdGc6z7a&#10;617k27/evq/emC3tgVqWop67CVYnahrkiWdqDJ0cgSekqBG8cngqYkk0Mr6dLKT7r3VLHwF3rtLr&#10;z5N/Ond2+dx4jam2cRnM/Nkc3nK2Ggx9Kr9o5COJGmnIDPI5CRRLd3chUVmIB917qynYHz4+JPZm&#10;7INk7T7ixMu4a6qiosVT5vC7o2rSZmrmKRQ0uKym6KGjppZpJXEMNP5RLK4tEjgqx917o4Pv3Xui&#10;5Y75c/G3KZLfWJp+3drwVvWcOQn3yMocjhKbbyYvKjB1i1NfmYIKeRxWMtMkcErvI5Cxq1x7917p&#10;HbA+evxM7N3bFsjaXcOIn3DV1cdDi6fM4fc216TNVUulIqfEZPc1FSU00ryN4ooRKJJXH7SOpVm9&#10;17o33v3Xugq7P7x6h6XooK7tPsXauyI6uOSWhps3lYIsrkooTaZ8VhYtdZVBDw328D2JAPJHv3Xu&#10;kD158wvjL2rnIds7E7l2fmdwVTaKLDT1FZg8jkZbX8GMpdww0jVUlufHTh2sCbWBt7r3Rk/fuvdU&#10;N7A/7fOb1/8AJk/98zD7917q+T37r3RXN6fNf4p9fZmfb26e8dk02ZpZJoKyhxdVWblkoKinfxz0&#10;mQk2zDWJTzI3paGZlcEEFbg2917oX+t+3Osu4MO+f6x3ztve+KhkENVUYDJwVktBOw1LT5KiBE9L&#10;IR6hHURoxFiBYg+/de6ECaaKnilnnljgggjeaaaZ1jihijUvJLLI5AVVAJZibAcn37r3RTdxfO74&#10;h7WytThsv3xss19HI8VQuIbK7jpY5Y2KSRfxHbtNVUxZSCGVZSQfr7917pTdY/Lv45dy7pi2T1l2&#10;hit2bonoqzIxYiixW5KWZqLHoHrKgzZKigiAQEXvICb2AJ9+690+dbfJbo3t7ded2N132Djtxbv2&#10;1TVlXndvLj87i8njafH5BMVXvNT5qlpifBUyRwyqtyjMAwF/fuvdCXvbe21euNq5ve+983Sbd2pt&#10;2k++zWarvMaahpjMtOjulOryOzyOkaJGjMzMFUEkD37r3Se6s7f657s23Lu/q/csW7NtQ5OpwzZe&#10;nx2Yx9K+Ro4Yp6qng/jFPTtL41mjDPGrIGJXVqVgPde6Er37r3VPf82vvHYtN0vX9HUG74E7HyG6&#10;dk5fNbPWmyqVU20kFTloqySq8IpXjFVBSPo85bUo9Nxce690Pn8u7tzpHO9D9ZdR9eblxNXvfZ3X&#10;WPzW+NsUGPylLU4zK19Usm4a6tqamnjglkfIVR8jRTOSzcXUXHuvdHO7A7P666pww3D2TvbbOx8M&#10;8jQQV25cxRYqOsqFTyGkx8dU6vUTafV4YFdyOQtvfuvdAbtP5xfEze+apNvbd7z2ZNlq+VIKKmyc&#10;mT26lVUStphpqes3HT0kDyu1lSMSamYhVBJAPuvdGrBDAMpDKwBVgQQQRcEEfj37r3QL7z+RHTHX&#10;nYu0+pt577x+C7D3z/Av7qbZqKHMz1WY/vNnJdtYLwVNHTSU6fcV0EtOvlmSxUltK2Y+690H2/vm&#10;58Wusd9nrbevb+CxO7oZ1pMhQw0Oey1Fhax3EYo8/m8NSVFFQzAn92OqqI2iHMojBBPuvdGex2Rx&#10;+XoKLK4muo8pi8lSwV2OyWOqoK2gr6KqiE9LWUVZTM0csUiMHjkRirKQQSD7917qZ7917qsP+av3&#10;p/ou+OsuwcTWin3T3RWy7WjSOVFqYdm0KJV7yqwhNzHNG9PjZPTYrVtyCB7917qpLdvTO/8A4DZr&#10;4ifIml/iEtbuDE0e4t3Y+bSFxu5jUvXZ/Y87U+lY4qvb1fDQlWlZnljrXVwoUJ7r3W0XtXc2G3pt&#10;nb279u1keQwG6MLjNwYWuiZGjq8XmKJK+hnUoWHqjkUkAmx49+69009h9ibL6o2dmN/9hZ2n2zs/&#10;Afw/+L5uqgramCi/imUgwuP8kGPimmbyVVTBCNEZsXBNlBI917oJc78uPjntvqzBd0ZjtLCUvXO6&#10;J8lS7XzX2uYkrNyVeHyU2HylNg9vR0xyVS0FTBLHN46QhANblYyHPuvdLHp/vnqLvzBVG4upN84n&#10;eWOopkp8jHSLWUGVxU8oJhjy2Cy8VPXUvkCsYmnp1WQKxjLAE+/de6Dbt35q/GPo7MVG2+w+1cRQ&#10;7npQPutt4WgzW6szRSlRItPk6XbNNViilKkOqVrxEqQRwwv7r3Sl6c+VHx+7+qamg6m7Nwe6ctSU&#10;sldUYFocrgdxR0MMqwT1y7f3JT0dY8EbuiSTxwNGpdLt60v7r3VXv81T/mf/AMMv/Dhrv/e1wPv3&#10;XurA+w/nv8Surt0VGzd3dwYqLcNDVvRZWjweF3TuyHD1EWtZ4cpkNr0NZTRSxSJ4pafymaNyA8ag&#10;MV917ozGzN7bR7E25jd37F3Jh92bYy8byY7OYKugyGPqRFIYZ41ngJCyROrRyxPZ43DI6qwIHuvd&#10;Ev7f2v8ACfLfK7q7J9o19HD8jqJtrSbKwbT7qiizk65SY7KqclSY+FqCaSnrFkemaaVOUVZ9cSog&#10;917oyne3e3Xvx269yvY3Y2VFFjKIGnxmMpzHJmty5qSNnosDgaJ2XzVM2knkhI0DSyskSO6+690S&#10;noT+Zr0Tu7ryHcHdHYe2uvd7ZDP7mdtnQ4zc9cMFgI83NDtmlkr6KhlSolNEsLzT6hrcs3jiBEa+&#10;691ZbjcjR5fHUGWx04qcflKKlyNBUhJIxUUdbAtTSziOYK660ZWsygi9iAePfuvdFF3/APzAPiL1&#10;puCfa25u48TJm6OqNJkabbmF3RvCDGSpI0NQtdktrUNZSq8LqVlgExmU8eP6+/de6MJ1l2z1t3Lt&#10;xN29X7ywm9NvmdqSWuw1SZHoqxY1mahydDMEqKSoCOjmCpijk0sradLAn3Xul9PPBSwTVNTNFT01&#10;PFJPUVE8iRQQQRIZJZppZCFVFUFmZiAALn37r3RJdzfzHfhltTNyYHId046uq6eeSCrqtuba3nun&#10;D0xQH9xc3t3HVNJUISNINJNLyQTZeffuvdGZ637e6y7e2y+8OtN77f3jtyCaSmrMliK5HXG1UMK1&#10;MtHl6abRNRzLE6StDVRxuEZX06WBPuvdV8zfzQOmJfkfUde/3oxGG6Z2xtzcAzXZtZS5LIU+6t8w&#10;VlLT47GbZXFRTv8Aw6FDVH7wxkVUgDRlYER6n3Xuj4dSd79S9747L5fqXedFvPHYGtgx2Wq6Giy9&#10;FHR1tTB9zDTuMtT07MTH6vQCAPqRf37r3WDr75AdPdqbq3dsjr/e9DuTdOw5qin3biKWhzNNLhZ6&#10;XIviKiOonyFNDC5WojeL9qR7kEi68+/de6e+0u3euelNspvHtHdFJtHbUmTpcMmVraXI1cLZOuil&#10;npaQRYuGeXU6QykHRp9PJHF/de6U+0t17e31tnBbx2nk4sztrc2MpMzg8rBFUQw5DGV0QnpKuOKr&#10;SOVQ6EEB0Vv6ge/de6C7bHyV6M3jvne3W+3exsNXb063ptyVu+cPLBlMcNtUez8vHgdzVeRyeTp4&#10;aMRUdXKkU0i1DKL6wSgLD3XukJsf5wfFbsffX+jjaHcW38luyWsbH4+kqKPO4nH5qtVvGKXAZ/MU&#10;kGPrpHf0QJS1LtMeYRICCfde6MDvbfezOttu1u7t/bnwu0dtY7QKvNZ6vgx1DHJKdMMCyzka5ZD6&#10;Y4owzueFUnj37r3RT9vfzGfhnubPpt3H914ukrJpo4Katz+3d5bZwdRI/Df7n9w46mo4VVvSXqZo&#10;lP1UsvPv3XujsxyRzRxyxSJLFKiyRSxsrxyRuupJI3W4KkEEEGxHv3Xuufv3XumnO57CbXw+R3Du&#10;TL43AYHD0sldlczmK2nx2Mx1HCLyVNbW1bJHGg/LOwH4+vv3XuiXf8OTfC3+PDAf6aKTzFzD/Ev7&#10;o78/gIqRMIRAc1/C/BY31ioD+DSLmW9gfde6OrhsziNxYrHZ3AZTH5vCZejp8jisviaynyGMyVBV&#10;xiamraCupGeKWKRCGSSNipBuD7917oJd1fIzpTZHZGD6i3Xv7GYXsbcqYyTCbZqqPMNUV0eYqZKT&#10;GyCtgpnpUEskUi3lnULpJaw59+690Dma/mFfDrAbsOzK/u3BPlY6mSiqK3G4nc+Z21S1SSLEsU27&#10;MTQzY0qxLfvJVNEmlvI6enV7r3RvsRmMTuDF4/OYLJ0GZw2WpIK/F5bF1cFfjsjQ1MYlp6yiraVm&#10;jlikUhkdGII5B9+690k+xu0uu+otuy7s7M3jgtl7fjlSnXIZytSmFTVScpR4+mGqapnIBYQ08bvp&#10;BbTpUke691Xf3Z/ML+I3ZHR/fWxtr9qebce4Onu0MDt2kyW0N74aDPZTKbJrqDHUlBXZTHRQq80z&#10;xxxpUvEzMwAX62917ph/k1f9kw77/wDE87n/APffbX9+691bX7917oJu+/8AmRfdP/iJuxv/AHj6&#10;z37r3VWv8lr/AJlV3P8A+JBwv/vOD37r3V0fv3Xuk9u3de3ti7Zzu8d2ZOLDba2zjKvM5zKzxVE0&#10;OPxlDEZ6urkipEklYIgJIRGb+gPv3Xui91fzY+K9DsKLs2q7m2zFs2py1bgqKvNPnHyORyuNiiny&#10;FLi9tR0hylV4EnhMr09G6JrXUwv7917pQdK/KvoL5CvVU3U/YuL3FlqGn+6rtvVNLk8DuOmpgVWW&#10;p/gefgpqiWFGZUeop0kiDEAvci/uvdOvavyR6R6Qy2Bwfa2/8dsvJbngkqcFFk6DNyQZCCGpWjnk&#10;SuoKWaBBHI6CTySqUDKzWUgn3XuhvBDAMpDKwBVgQQQRcEEfj37r3QJYn5H9J53tav6Qw+/aDJdp&#10;YuXIQ5HaVJjs5LU0MmKovv8AIrVZBaX7NPDH+stU21kR38hCH3Xui64Xa/wnf5qZXP4ivo5PlZFD&#10;kPvsAs+6hBS5E7VX+JZyOgkhGNFY2IYq8izFSru+j7hi/v3XujU9sdzdZdG7dot29rbso9nbdyOa&#10;ptu0WTraTJ1kU+aq6GpyVPQLFioKiQM0FJUyBmQLZCC1yAfde6Dvsb5ffHLqfbGzN3767PxOJw3Y&#10;WFxe5NmLBQZzL5fPbdzNKlbj87Tbew9LPXpSPFIreeamRAfQSJPR7917oVutu0eve4NrUm9es924&#10;jeO2a13hjyeInZ/BUxqGlochRzqlRSVKBlZ6aqijlUMpZAGF/de6RvaXyT6H6Unjo+0e1No7Rycs&#10;cU8eErMj93uFqedtMNX/AHexaz1whY/SY0+jg+rg2917qL1d8oPj93TXy4nrHtfae6szFG8xwkFZ&#10;Ljs5JBH/AJ2op8LmI6eqljT+3JFCyrcaiLi/uvdDlVVMFFTVFZVSCKmpIJamolIYiKCCMyyyEKCT&#10;pUE2Av7917osuL+afxazO0dx77oe59qnau1KqgoM3lKtMvjfDX5SKWfH4+hoclTQ1NbUSpBM6QUU&#10;MshCMdNh7917rj1D80fjN3pn22r1t2ni8ruZmqBSYHKYzP7WymUjp9TNLhqXdFJRmsvGhmMdNrkR&#10;PVIiWYD3XujLZLI0eIx1flsjOKbH4uiqsjX1JSSQU9HRQNU1U5jhDO2hFZrKpJtYAnj37r3RcMd8&#10;zPjBldkZ/sej7j2x/czbNfBictmqqPMY8LlammNZT4rHY/IUsVVXVTxAyLT0ME0hUE6ePfuvdc+m&#10;fmJ8ce/8zPtvq3svH5zckENVU/3er8Xn9tZippKRz5qrHUW5aWkarQIBM323kZEN5AhDBfde6TnZ&#10;vzw+KfUW65tk717Yx0O5aKr+yy+PweG3HupcFOp0zRZms21R1UEEsTemanMhnQ8NELG3uvdGS2Tv&#10;nZ/ZG2cXvLYe48Tuva+ahM+NzeFq46yiqVRzFNEXj5SWJw0c0MgWSNwySKrqVHuvdcd7b72Z1tt2&#10;t3dv7c+F2jtrHaBV5rPV8GOoY5JTphgWWcjXLIfTHFGGdzwqk8e/de6Kft7+Yz8M9zZ9Nu4/uvF0&#10;lZNNHBTVuf27vLbODqJH4b/c/uHHU1HCqt6S9TNEp+qll59+690dmOSOaOOWKRJYpUWSKWNleOSN&#10;11JJG63BUgggg2I9+690BU/yd6EpeyMz1HW9m4DH9g7dpq2tzuByS5HGx4mjxuGG4K+rr81XQR4+&#10;OKKiIqHkaqChfzfj37r3QTY3+YZ8OMtuxdm0nd2CXJvOtJFkK3E7oxu2JqtpGjMKbtyFDFjQosD5&#10;2qhCwZdEjHUF917o5f3FP9v9354ftfD9x9z5U+3+30eXz+a+nRp9Wq9rc3t7917qrmb+aB0xL8j6&#10;jr3+9GIw3TO2NubgGa7NrKXJZCn3VvmCspafHYzbK4qKd/4dChqj94YyKqQBoysCI9T7r3R8OpO9&#10;+pe98dl8v1LvOi3njsDWwY7LVdDRZeijo62pg+5hp3GWp6dmJj9XoBAH1Iv7917oXPfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691//0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;690E3ff/ADIvun/xE3Y3/vH1nv3XuqlP5KP/AB6vyB/8ODr7/wB12V9+690nvl7mN7/ML5wbZ+GW&#10;J3DX7b6x2dPRTbrehMkSV9Sm2ot57nz9ZTudFRNS0zR47FJPGY46ktILpOzH3Xuj1R/yx/hmm2Bt&#10;s9W1Mk/2i07bok3ju/8AvO9SqgHJmrStFOJiw1mNaUU97gQhPT7917ogPxsl3l8F/nZP8WK7ctbu&#10;HqTtKeE7eXITokayZyhkq9mbjSlIWOPIieBsLkPAsaVDXcIwjp1X3Xuhu/nPf8yL6r/8Syv/ALx+&#10;S9+691an1j/zLbr3/wAMfaf/ALoaf37r3VKfxQ/7ev8AyU/8rH/71+O9+6917+dv/wByy/8AlZ//&#10;AJU/fuvdHXw38ufozdGxq1+7sJkd/dx76iGe7F7Rqc/lKbcw3lkYzU10m2mpJzR0dJRSuYKOljge&#10;BoY41mSZRb37r3Sm7q6m2n0d8Be2ertlUxgwO1Ok930Uc8qxitytc+JlqMpnMm8QVWqq2oaSonZQ&#10;F1OQgVAqj3XuiG/ytPij0h2T1FmO2+y9l47sLcR3rl9q4rHbuhTMbZweLw9FR17NRbeqQaaSepmq&#10;maeWpjksqqsYjBlMvuvdIX5M9X7a+KX8wD4y7p6WxEGy8JvjM7Nlr9vYh3p8WtVWbyO0t30NDAXc&#10;U9LX4ypiieBIxGrNIyDnSvuvdWz/ACf+K22/lR/ozwm981kcfsvZO5sjufOYrESGnyO5JZMZ/D6D&#10;EpXEEU0JLyNUTqpl0ftxaGk8sfuvdVvfPzob4JdWdG7hxG0KTYex+6cEmKl2VhcFueurt45CUZam&#10;gyVFn8XLV1VRPBJRNO33GRUFXUMkurUr+690d3+WnunMbr+GvU9RnKuavq8N/erbNPV1EhkmbE4H&#10;dtbQ4SmZjay0tIsNJEPxHEl7m/v3XuiF7A/7fOb1/wDJk/8AfMw+/de6vk9+691737r3VDXy9zG9&#10;/mF84Ns/DLE7hr9t9Y7Onopt1vQmSJK+pTbUW89z5+sp3OiompaZo8diknjMcdSWkF0nZj7r3R6o&#10;/wCWP8M02wNtnq2pkn+0WnbdEm8d3/3nepVQDkzVpWinExYazGtKKe9wIQnp9+690QH42S7y+C/z&#10;sn+LFduWt3D1J2lPCdvLkJ0SNZM5QyVezNxpSkLHHkRPA2FyHgWNKhruEYR06r7r3TZ/OF6h642V&#10;U9a9hbX2vS4neXY+5t61G9s7FV5Keoz82Px2NNG9RDVzyQx+PyPpEEaDmxHA9+691cj8f+iepuk9&#10;qj/Rbsyh2h/e/G7dyW4/sqzLVf8AFK6kxx+3qJf4pUT6SvnmsI9I9RuPpb3Xuh79+691737r3Wv3&#10;8K/+3pvyd/8ADg+R/wD79mL37r3R8v5nnde4OmvjJXJtLIVGK3H2TubG9e02VoZ5KbI4nFV2Pq81&#10;n66hniZWjd6aiah8inUn3OpLMAy+691Xn8X81/Ku6/6j25T9v53b+9e087h6bIb6qt09b9r5+PCZ&#10;SvhE8u2sGtPhZKOFMfq+2NVRlmmkV5RO8ZjCe6900/Gbsrqnq3+YZitvfFrdVZuHoDuWFMHX4OSl&#10;3bj4MVW1WHqKymoVg3nBTVcr4zJQLLTVUscjCknkgErO0je/de6NV/N67i3XtnYfWvSu0K2roJO3&#10;snmptzyUUxpJchgcA1HR0m25apioFPXVder1C6gGWnCSHxSOr+690O/TP8s34ydf7BxuC3xsTHdm&#10;byqsdT/3r3VuGpybmoystKFr4tvUlLNFHQ0schkFN4l8+nSZZpHAYe690ZToH419a/GnGbvwHVsG&#10;YoNvbu3MN0yYbK5SXMQ4as/hcGJajxVbWA1Rp9FOjgVc80gYt+4Vsq+691SJ8Pfjv198gPmR8mY+&#10;zaeszm2dh793fuWPZ/3MtPg9xZmbsLIUOPk3FHCytPBSqZnWnBAkZ9LkxeSKT3XujBfzTPiz01s/&#10;o3D9q9bdf7P663FtXd+GxFd/czBY/bFFmsFno5qZ4a3G4SKGnlqYapaaWKpkTyKglXWQwHv3XurR&#10;vjLu3L77+O/SW8NwTvV53cHV+y8hma2R9ctflJMDAtfkJWsPXUShpmH4LEc2v7917qiL4h9A9dd/&#10;fOL5FYzs/HVGf25s3c3ZO7YdsmrnpcTm8tH2W2KoUzy0xWSangFTJMIFdVdwok1xeSKT3XujFfzR&#10;vil0zsHpDBdrdXdf7c693FtneeCw2SfaOPgwVFk9v5ijqKUCsx1CYoWqYquOkeOqERmsZAxYMWX3&#10;XurENg92V2G+Eu1u+t1CTMZfCfHzHb7zIdnebPZvE7LWtm8joBpevqovUeAhkJLBQW9+691Vd8JP&#10;i7R/N3K7++UXykyOY3xT5Dd9bhMFtlcvksTj8hWUkCZHIyTy4+VKmDF0X3UNJjKCjqIkUxyq941V&#10;X917ozXyl/lg9G5frHcm4+jNtS9c9j7UxFXnsNDjc1nK7C7lOIhaulwmRoMxUVXimnjV46WppmiZ&#10;JjGZS8YZffuvdCT/ACwvkNuTvXoSrxW98lPmd49WZuPalZmq2pFTks3t+qoVrttZHKSN63nVBPRv&#10;LJdpRTiR3eVpD7917on2wP8At85vX/yZP/fMw+/de6Hv+a739vXrrYWwuneu6yuxu4O6a7L0+Xye&#10;LkmpcpHtvCS0VP8AwTH1sTI0T5OqrY4pWja5hilieyTer3Xulx0t/K1+M+ydjYeg7L2f/pM35UY+&#10;ml3Pn8rn9x0lBHlJYFauodv43C1VHDFSQyalgkkjadlGp5OQq+690Qn5TdJ138uDuPrL5BfHnK5e&#10;i2DuHLyYfL7NyGVqqyOKekC1+T2hW11TqeqxeUolkMH3Rlnp5oXlEhdYGT3XujifzUuz9wx/EHaG&#10;T2LWVlLtntbdm1KLP5KinKPUbRzG1a7c9Hip5KVv8zWyQU/mIYo6IYW1LLY+691n23/Lp+GmQ+Ne&#10;LyNXRxNU5Hrem3PVd4f3pzCVVLVVOCXK1G7IkNSuNSjhOqQUslJ4hEumQGTVIfde6Dv+T3itp7i6&#10;z3Vuau692hT722Huyr2tiOxKHb9DRbnyGAzmJgytTiMllYI1eoaCRmBkZyxieJGFo1Zvde6Cb5mY&#10;LK/Cz5rdd/LDZdJKmyeycrNVbzxtGCsFRltKUHY2HljU6dWUoZlylM8twa0zSKv7A9+690vP5pPe&#10;k3YuN6Z+M/UFb/ebIdx1G1t7Vi4WdZY87hs3VLB1phwADdMhVv8AxHS+gqIKaQgrJce691a30B1B&#10;huhunthdU4VYGi2ngqalyVbAhRcvuGpvW7izTagrH7qtknmUMLqrKn0UAe690MXv3XuqbP5u/UPX&#10;EPT8Pc8e16VezqvfOzdq1G7Pu8kayTb64rJOuM+0ac0oS8SHUsAa4/Vyb+690Zf4H9J9PdbdCdZd&#10;v7d2fQ4Hem8entvVW990QVWZqarLQT0UOayMk9HPPLCuqaJZSKeBTcWUW4PuvdVq/HTrWt/mafIL&#10;s/uXvTJ5t+rdi1NBS4HZFBk6nHwrDl5pjt/aNFNAzGlpYKOkafLS0jxzT1EiSCRWkdl917o//bv8&#10;rX4vb22Vk8T19tA9YbzioKj+7W58Tndy5CmhyaRXoo8/jM1VVcdVSPIqrUaUWfQWMcqsbn3Xugi/&#10;lTd3b4y9B2b8beya2pr870vVp/d2avrPu6+iwcOSl2/m9stLJ+49PjK2KL7ViW0JP4QUjjhT37r3&#10;Rcf5l1FufJfzAPjZjtkZFcPvOv2j07RbRyzxxSpi9z1XdWegwGRaKchGEFW0UpVyFOmxIHv3XurA&#10;8x/LB+K2b2Au0qvbmdG6WDVlX2uu48rPv/KbhnAfIZzK1VfLNSVBqpNTzUslKYRqYxJHIRIPde6P&#10;ltfbOC2XtzBbS2vjKbDbd21iqHCYTFUaaKagxmNp1paOmiBuTpRQCzEsxuWJJJ9+690++/de61e/&#10;lb8iOve1/npjMz2RUZPJ9FdN7lo9pjH4Whjy0mXx+zKyTIZ9IMbUyU8Uy5bMJJSyzeQaqPxEM4jQ&#10;e/de6M38wvn38S/kt0Ju/rSCi7Mg3MwpdxbGyOQ2hiEpsdvHBs02NaadcnIYoqqJ6jHVEyxsyQ1E&#10;jKpYAe/de6HH+UT302+en870tm6wzZ/qWtFXgPNIzTVOxdx1ElRTwpqHq+wr/uIidZ0xTU8YUKov&#10;7r3Rhv5m3/ZD/dv/AJTb/wB+7gPfuvdE8/l6/D/r3uL4+bJ7K74xsnZFEse8ttdVbUyuQrqfbWzN&#10;pQ70ybZ6ppsbi54hLX1+ZlyUstTU3dI0pxEF8aufde6HXs7q7rn+XZ8ZfkV2D0XRZDHbn3fUYumw&#10;mRytT/GMlt2fPVlNtfCYzG5GpUu1JiZKusydKKsySNI2maSYhffuvdF7/l7/AAO6p7E6px3yA71x&#10;MnZe5uxq7P5LD4nPZKunxONxsGZmxb5TKxU8wavyNbUQVNTJLVyuixyRjxLOryH3XurFetfhZ0H0&#10;52z/AKYOrNtVmyc7Nt3MbbyGExmVrKna1fS5ippqqWrGLyrVD000bUqLGtHNFDpLaoWYhh7r3Vaf&#10;83bEvnu3/ifg466oxj5mo3DiUyVISKrHvkdz4SjWupirKfJEX8iWYcgcj6+/de6sRxXwC+KGL62l&#10;62/0Q7WyUNTip8fVb0y+Loch2PNV1MJSbNpvaWP76Cq8h8yCllihRvTHEsfo9+690Qv+T7ks5t7O&#10;fJvp+srzXYXZ+5MBkKJVdhTQZpa3KbZzlZTROAbVkdDRFr2sIV4uTb3Xukz8r/8At6/8a/8Ayjn/&#10;AL1+R9+690eT+Yl011rvX499m9kbp20uY3n19sDJybMy1Rls4ke3pnrY5pqihxNPVJReWQkCWV6d&#10;nkVY1dmWOML7r3RV/wCXz8PPjX298Xdmb67H6rxG6d2ZLM7ypq7M1eU3JSz1EGN3RU0NDG0ONrYY&#10;h44kRAVjBIHNzz7917oxP8yrtrKdB/FMYbYNTPgMnvXM4PqzEVtBVVEWQwO3Th6nIZWegqy/lVzR&#10;4/7Dy6zIv3GtSHAdfde6IB8X81/Ku6/6j25T9v53b+9e087h6bIb6qt09b9r5+PCZSvhE8u2sGtP&#10;hZKOFMfq+2NVRlmmkV5RO8ZjCe6900/Gbsrqnq3+YZitvfFrdVZuHoDuWFMHX4OSl3bj4MVW1WHq&#10;KymoVg3nBTVcr4zJQLLTVUscjCknkgErO0je/de6NV/N67i3XtnYfWvSu0K2roJO3snmptzyUUxp&#10;JchgcA1HR0m25apioFPXVder1C6gGWnCSHxSOr+690O/TP8ALN+MnX+wcbgt8bEx3Zm8qrHU/wDe&#10;vdW4anJuajKy0oWvi29SUs0UdDSxyGQU3iXz6dJlmkcBh7r3Q3dZ/DvpPqnYfZPVu2sVnJOuO0M0&#10;czntqZHcmXkhpkkx1NjajDY/M0csOS+ylSlTyxVFZK8gaSOSR4nMfv3XuqcelPjb0jub+ZD3b0vn&#10;dgY7I9YbYwu6qnA7Slr83HR46egkw4pJIquCqWqYp9zNYSTsPUb3sLe691ev1J0R1L0RjsviOpdm&#10;UWzMdnq2DI5akoa3L1sdZW00H20NQ5y1RUMpEfp9BAI+oNvfuvdVMfy0/wDsr35r/wDhw7h/9+dk&#10;ffuvdDx/N8/7JQoP/Es7P/8AdPlffuvdGy+GX/ZKHx6/8RNsz/3Tx+/de6o76V6hqe8/5ifym66q&#10;s5lMPsbK7072q+1KXDVZx+Q3NsLGd0QVr7TTIRss0MNdllxSVbQHyGnEqAgOWHuvdW90/wDLt+K+&#10;K7G687J2z1+u2cn15kIsjBhcdka+q23uCooaR0ws+exmXkqNc9FU+GtiqIpI3kkjH3PnB4917qrf&#10;57dq7Q7T+cG3Ome5t8ZDZPx66nkwsW6KnHU+cyKVGRyG2V3bma+PG4Cnrahq2q+4p8FDOtK/2wDS&#10;AKhlZvde6X3bG4P5Qe7+rM9tDZ2V23s/dFPga5NmbownW/dNJm6DcEFIxxE2Uys2HaWviaUIlQmQ&#10;eUMjMbrJpkX3XujPfyk+2dydhfHbL7T3NVVGRk6r3Y22sDkamZ5pv7rZDFw5TFYqWSUs7fZStUww&#10;3OlYPDEoAj9+691ad7917ou/yd6CpPkt1pF1ZlM/V7cwVfuvbeZ3DX46NJMnNh8FVtX1GPxqzBol&#10;nndY40lmVkiuZSkhQRt7r3RD/k78Wv5fPTnRm79v5XHbJ2Hvan2hmKrY9fVbuyU/Y+Q3ZTYqWfBT&#10;xU1RVzVlbHPViNZ4mpzTaXI0xKEKe691P/k67pzGZ+N+7sBkquarodo9p5aiwCzSFxjsZldv47MT&#10;42mX+zEKyWqqQOfXO/4sPfuvdFO+e+xcZ2f/ADIemuu81V5Chw29MD1btvLVWJmSnyUeMy26MlSV&#10;4op5FdUkaJnVWZGAvcqw4PuvdWI95/Az4yTfH/f+B2l1BtLbWdwOxdxZPaW58XRtHuijz+GwklZi&#10;J6/cc0v3lajTQRrUR1tS6yKz6rMxb37r3QTfye94ZrP/ABr3Nt3K1UtXR7I7Oy+M2+ZZC/2WIyuE&#10;oM7JjYlI4jSsnq5xz9ZmFgAPfuvdFN3Dt6u+fn8xvevWW+8xlIeqOjpt4UJ25RVb0gXBdf52m2nm&#10;oKFg6+KfL5maJqurjUzfblUUgQxNH7r3R/8A5H/DH4s7d+NvdGSwXSGyMPltndQ9hbj27mcdRVFJ&#10;nKDNba2bW5TDVz5qGUVU7RTxRyOtTNIktrSq6kg+690FP8mr/smHff8A4nnc/wD777a/v3Xura/f&#10;uvdBN33/AMyL7p/8RN2N/wC8fWe/de61tfg/8c/k53XtLe+W6I+QGS6dw+F3FQ4/O4uh3v2DtVMx&#10;k58YKmCvkptnAxSlIrRh5vWPoOPfuvdHf/2Qn+Yl/wB5xbg/9HD3l/xT37r3VlfzN/7JQ+Qv/iJt&#10;5/8Aunk9+691V/8AytPij0h2T1FmO2+y9l47sLcR3rl9q4rHbuhTMbZweLw9FR17NRbeqQaaSepm&#10;qmaeWpjksqqsYjBlMvuvdIX5M9X7a+KX8wD4y7p6WxEGy8JvjM7Nlr9vYh3p8WtVWbyO0t30NDAX&#10;cU9LX4ypiieBIxGrNIyDnSvuvdH9/mc9Cf6ZvjdmNw4mi+53l0/JU78whjTVU1GChpxHvbFIQrsV&#10;koU+9EaAF5aSFb+/de6SHxj+Z+Jf4D5Pt3dldDWbp6K23VbM3HTVk15s1uHD00WO6/8AOzOJHbMJ&#10;PjYZJmYa6lp7H0E+/de6Cf8AlJdSZSvxnZ3yq3vqr919pZ7L4LBZSqSP7mqx0eXOW3vnVKLYDIZf&#10;TAQLENRSenSwJ917oONgf9vnN6/+TJ/75mH37r3Q8/zlf+yYdif+J52x/wC++3R7917qd8W/gv1F&#10;2N0F13v35AYObtLfG/urtkpRV+XzOXpKfZ3X0G2aWl2BtnaVNhaqGOj+2xUdJJLUr/lD1DzMzqHZ&#10;PfuvdCfvnA7M/lx/DjsrIdQUc0+Sx9ZUVmIyWfSDJZPKbt3ruCHA4OuzssEcMU6YqnngVUZER4aU&#10;KQZJG1+690UD4K/A7YPdnXsXyP8Akuub7O3P2bkcvlcPis1uHNwU0eNpclJjBnc9VY6eGrrK2rmg&#10;mkjWWpMC05i/bLk6Pde6n/OL+Xr1v1t1rk+/PjfT5TrTdnVzUu6MpiMVn83UUNbiKCdPusvhKjIT&#10;zVVBkKD0ViPBUrE0cco8flKOPde6PP8AErvXJ/Ib4jY3fu4pI5d20u390bU3fPF4QKzP7cpZKSTK&#10;PFAFWN62nNPWyRBFCtKQo0BSfde6qU/lTfGfqTu6p7P3h2pt1N6LsSr21j9vbZy8skm10qtw01ZN&#10;XZfI4pCq1U6pSpFCk5aJQzs0byCN4/de6WH80HovYvx2z/R/dnRm28X1nmZNyZOCvg2pTR4nFJnt&#10;vNSZ/a2XoMTSssFNLGVqllFPCqSAR6rFfX7r3V5O9q45TqDd2TaMQtkets/XNCGLiI1e15agxhyB&#10;cLqtewv/AE9+691RJ/Ko+MnUfc+G7B332nt5d8Ns7clBhtubXzkr1O0KObJYgVWSzFVgriKqqZFW&#10;GFfuA0aqgOguEZPde6Zf5o3TWy/jb2N0j2P0VjIuqspuqk3iZo9jS1O3osfmtmVOMenzeJjx7otH&#10;LLFlvC60ojQiIErdmLe691azjf5c/wATqHruTYNX1nQZmrqcZNSV2/8AKzT1HYVXlKiMmbcK7kDC&#10;SGp8x8yxQhacH0eEx3Q+690SX+T3lNwYDM/Jfp/IV7V2H2duDb9fRRhmWmps0K3KbbztVSwNewrE&#10;oaMt6uPCv1JJ9+690Cnz27V2h2n84NudM9zb4yGyfj11PJhYt0VOOp85kUqMjkNsru3M18eNwFPW&#10;1DVtV9xT4KGdaV/tgGkAVDKze690vu2Nwfyg939WZ7aGzsrtvZ+6KfA1ybM3RhOt+6aTN0G4IKRj&#10;iJsplZsO0tfE0oRKhMg8oZGY3WTTIvuvdGe/lJ9s7k7C+O2X2nuaqqMjJ1XuxttYHI1MzzTf3WyG&#10;LhymKxUskpZ2+ylaphhudKweGJQBH7917oim5unto96/zZd+dc77GQn2lkcxJlM1jsdWzY6TMU+3&#10;+saPNRYeprKYiVKeolgjSoMLLJ49QjeNyrr7r3R1fnt8Mvj/AIr4ub83b1/1btLY27eucdj9wYbM&#10;7XxcGHqqijpczBFmqLMvStH98slHLUaWqjI6uI2QnTpb3XuhV+Bop+8/gh1/tjsuKp3DiKnHbm2J&#10;lYWymUoJcrtvb266rHYnG1FbiZaeoWFKKKnopI1mtLEhSTUkjofde6rb6U+NvSO5v5kPdvS+d2Bj&#10;sj1htjC7qqcDtKWvzcdHjp6CTDikkiq4Kpapin3M1hJOw9Rvewt7r3V6/UnRHUvRGOy+I6l2ZRbM&#10;x2erYMjlqShrcvWx1lbTQfbQ1DnLVFQykR+n0EAj6g29+690Lnv3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//&#10;09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690E3ff/ADIvun/x&#10;E3Y3/vH1nv3XuqlP5KP/AB6vyB/8ODr7/wB12V9+690i/lPU7p+GH8wTAfKmoweUz/V/Y6wrk5KL&#10;SFczbVTaW7NtCclEFbTrDFmaCKdkSb0IHIimZPde6svg/mCfDyfa43WO8drxUX2pqWxc8GYi3QhW&#10;JpWpjtU038QMo0lAqU5DNYKSGUn3Xuqwel67PfOv+YfTfIHBbdyeK6g6jnxtRTZTJwNG8dHtiimG&#10;z8fUSRs0QyOQyMpyD0iSN4YPJcv4wZPde6M5/OL2xmMx8b9obgx1JJVY/aPaeJrM/JEpb+HY/L4H&#10;IYWlyNQfoIvvJaalJvfyTxgCxJHuvdD90d82PjRV9Bdebi3H3X13tzKYnYO3aPdG281uTGY7dmPz&#10;mFwsFDm6OHaLyfxGotURyfbmlpZBMlmi1A+/de6rV+Bm+sL2d/Ml7p7D24lamA3nhO1dxYUZGAUt&#10;c2Lye6sbU0MtVTKziN3iZXKaja9r+/de6Wf87f8A7ll/8rP/APKn7917q+T37r3RZvmb/wBkofIX&#10;/wARNvP/AN08nv3Xuim/yg/+yUK//wASzvD/AN0+K9+690A/8yz/ALK9+FH/AIcO3v8A352O9+69&#10;0NX82PvDsnqXqDZW3+vcrkNtJ2VuDMYfc25sS89Lk6fEYrGJUDBUeThsaY15nZpHjZZWjgdFbQ0g&#10;PuvdAj3l1z8LenvgpvKXq7Mda57e299pbXpsPvery2IzvY+8spWZ+hyWSajkmkmrKQvGs8lVRUqx&#10;RwqhWZbxk+/de6Mp/Kt3dtZ/ixsDZUe48JJvBavsnOybXjylFJn4sNR76amqcpNiUczpTpJW0iGV&#10;0C3mjAPqHv3XuinbA/7fOb1/8mT/AN8zD7917q+T37r3XvfuvdUD/Kep3T8MP5gmA+VNRg8pn+r+&#10;x1hXJyUWkK5m2qm0t2baE5KIK2nWGLM0EU7Ik3oQORFMye691ZfB/ME+Hk+1xusd47XiovtTUti5&#10;4MxFuhCsTStTHappv4gZRpKBUpyGawUkMpPuvdVg9L12e+df8w+m+QOC27k8V1B1HPjaimymTgaN&#10;46PbFFMNn4+okjZohkchkZTkHpEkbwweS5fxgye690If867/AI9X4/f+HB2D/wC67Fe/de6uk2n/&#10;AMertn/w38N/7ro/fuvdKD37r3Xvfuvda/fwr/7em/J3/wAOD5H/APv2YvfuvdH0/mddJ7g7m+Mm&#10;QfaWPqMtuTrbcmO7DpcVQxtNkMri8fj6vD7goaKBFZpXSlrXrRElnc04RNTkI/uvdF5+GvzK+Im4&#10;untmbQ7dg646/wCx9k4DFbXy0u7dsYmnxm54MLTJi6HclDuF6Q07S1MKRSVkM8kciTmUqrxBZD7r&#10;3RldufLn4b5zuLr7qvqii2xvPfG7czNSUmY2jsqjoMPtsUmHqczJkKjclZS06u3jpzHGlAZm1sA5&#10;jAYj3Xui1/zgOpd2Z3ZvVndm1KKor4Op8pm6PdSU0JqpMZi9xTUNXidwzQWIFNTVdD4KhrGxqIiw&#10;CK7D3XujKdKfzI/jN2bsjFZrdnYOA6x3ilBD/ejaW7J58WMflI47Vf8ABslVJ9vW0sjqz0zQzNLo&#10;KiWOOS6e/de6M51B3/1P3zHueq6m3VHu/HbRyVJh8zlaTH5OixwyVXTGsSmop8nDAagLGAzSwq0X&#10;qAV2IYD3Xuqof5af/ZXvzX/8OHcP/vzsj7917ozP82L/ALI+z/8A4fGxv/dm3v3XujI/DL/slD49&#10;f+Im2Z/7p4/fuvdVafy3P+y6fl7/AOVI/wDfwQ+/de6N1/Ni/wCyPs//AOHxsb/3Zt7917oROm+v&#10;z2t/Lz2L1qlWMfNvn430O2KWua5joq3L7SNJQ1UygElI5mR5FAuVBAsTf37r3Vc/8vn5Z7b+La73&#10;+LvyVFd1vX4LemTyOHzWZpK2ooMTlKyGCjy+2cx9ikpp4XkhWuoa5VamlWaV2lVDC0nuvdHH+U38&#10;x74/bI6s3XjutN+YjsnsXceCyWF2zjtqPNksbjKvKUX2v8czmaiUU0UVIsvmECytNLIoiVFHkki9&#10;17qB/Kj6J3R1J0Pm92byxlThc121n6TcOPxNbDJT19NtHFY77Tb1VXU8tmjeqearqY0Kg+B4XPL6&#10;V917osOwP+3zm9f/ACZP/fMw+/de6F3+bl1BvPPbO6x722TDXVU/TOUyv94o6BDLU4nD5mejr6Dd&#10;Sxp6xFQ1lCiVLLq0LMsrBY4pHX3XujC9K/zJPjN2ZsbF5vdvYOB6y3hFj4junaO65qnGmgykUX+W&#10;fwXI1CeCuppGVnpjBK0ugqssccpKe/de6rh+b/fFL88Ozuqvjd8aqWt3ljsVuGryOQ3V9hXUeLrc&#10;zUxfwyXJQJUosseJxNI1RNU180SrJ5G8QKIjze691a98pcL1xsH4cb0w++tiV/Z2xNhbA2/ihtbH&#10;zS0GUrf4I9HhMHkqfKQCSSg+zl8NZUVyLIaeGOWQpKqtG/uvdU6/Ez4WJ8l+tqGZvllV7a2NlK/M&#10;zT9B7ezk+5s9gaOjzcwgpNx4+pr6GkgqWRI6vz/wR0kV0mVRrFvde6vw6Q6R2B8fOvMT1p1xjZaD&#10;A4x5quoqayYVWWzmYq1UZDO5qsVUEtVPoQMVRURFSKNEijRF917oIvnP1LtnuD4xdo4fcdVQ4qTa&#10;238j2Bt/P15VKfA57Z2PmytPVyzkMY4p4VnoallUsIZ5NILW9+691T9/KW6NyHZHbOX773glTlMB&#10;1JjKTbO0ajJSS1KS7yqMWmPoIaRpiwMWFw9wsJAETVFI8dvHx7r3Wx17917r3v3XuqtP5vn/AGSh&#10;Qf8AiWdn/wDunyvv3XujT/EGihyPxB6Gx9QXFPX9N7VopzGwWQQ1WBSCUxsQQG0sbEg8+/de6p5+&#10;IncUX8vHvnt34/fIKHJYXZ+48pj6jGbxWgrayhpJcS1TDgd1xUNAsskuNzNFMnlmp45JIZYo45EX&#10;RP4vde6s67W/mOfFfrnZuR3Dhuy8H2Jn/sZX2/tHZs02UyGWybxOaKlrqmGMw0EOtR9xNVOpjTlU&#10;kkMcb+690Uz+U11Tveoru4Pk7vjHTYz/AEsVUlDtYzwTU7ZqCtzs249152limN/s3rPtoKWXnyNH&#10;NY2QFvde6D752/8Abzz4bf8AlvP/AMEHmPfuvdXye/de697917oqHzZ70Hx7+OO/t80dZ9puivox&#10;tDYzK6pUf3v3LFJSY+rpdTLd6GFajJEA30UzcH6e/de6Ir/LG+IPXVZ0NP2j2/1psvfWZ7QzUuQ2&#10;3DvzaWB3UMPs/CNJjMfPQQbgp6j7eSvqfvKiWSPT5oftWNwqk+691ZB/sq/xh/7xx6G/9FB19/8A&#10;W737r3VLnbWKp/5fX8wnaHZe3cZDt/pXtS81XjcVRwY/B47befqIsV2Bt+gpKcpEiYms+2zVNSxL&#10;HHGjUsSgIvv3XurJv5mM0VR8Gu6J4JY54J4+s5oZoXWSKaKTtrAPHLFIhIZWBBVgbEcj37r3WT+W&#10;T/2Q/wBJf+VJ/wDfu5/37r3QgfOLqLPd3/F7tLYW1ad6zdM2Oxu4Nu0EZ/dyeT2pmqfcQxECkgNN&#10;WRU0tLAGIXyyISQAT7917qvX+Xh88Ootk9R4joTurOQ9abm67qsxjsLls/S1lNhc5i63M1OWalrq&#10;1I2ShrqKWeWmliqxErosbK7ymVV917qy/ZPy1+PXZfYFF1j132Vh977vrcfk8sKTbcOQyOOp8diY&#10;xJWVVTnUhFCOWVVjSoaRiQQmkFh7r3VZP81T/mf/AMMv/Dhrv/e1wPv3Xurw/fuvdUefyq/+Z/8A&#10;zN/8OGh/97XPe/de6T3yv/7ev/Gv/wAo5/71+R9+691aD82cZX5f4md/UWMpJq2rPW2eqhT0665m&#10;gx0QyNbIiDk+OGKSQgckKbAmw9+690QX+W58sfj/ANffF3F7I7C7O2vsfcu0Nybrasxe4680FVXU&#10;OYysmdochiopE/ylGWdoSkBd1eMhlGpNXuvdC98/NnQfLP4Z0HYHUC1e6otvZfHdq7YSloK2nyW4&#10;9t0NJW4LNpQ4yriWoLfa1UlekDRpK4p1VV8hEbe690FHw1+ZXxE3F09szaHbsHXHX/Y+ycBitr5a&#10;Xdu2MTT4zc8GFpkxdDuSh3C9IadpamFIpKyGeSORJzKVV4gsh917oyu3Plz8N853F191X1RRbY3n&#10;vjduZmpKTMbR2VR0GH22KTD1OZkyFRuSspadXbx05jjSgMza2AcxgMR7r3Ra/wCcB1LuzO7N6s7s&#10;2pRVFfB1PlM3R7qSmhNVJjMXuKahq8TuGaCxApqarofBUNY2NREWARXYe690ZTpT+ZH8ZuzdkYrN&#10;bs7BwHWO8UoIf70bS3ZPPixj8pHHar/g2Sqk+3raWR1Z6ZoZml0FRLHHJdPfuvdGc6g7/wCp++Y9&#10;z1XU26o9347aOSpMPmcrSY/J0WOGSq6Y1iU1FPk4YDUBYwGaWFWi9QCuxDAe691TFtjsvaXQv82D&#10;ubN9r5OHZuA3LT5zDwZ3MF4MZRnceFxWewVfWVKKypT1KU6xiZiERpFMjIFa3uvdXKdb/I7pTuDc&#10;2a2l1fv/AA2+ctt3EU2bzT7dNRXYugoq2rNFSBsyqClkld1b9qGV2UC7hQV1e691TD8TezNsfGr5&#10;+fKLaPc2dxuwaLeec3rTY/N7jnhxmE+/fe/96dsz12WqysVJTV+LqpKqnnqHSMholYqzqPfuvdCF&#10;/NT+UHR2/emsF1T152Bt/sLdNVvfC7qq5dk5Oh3LgMRh8Rjqyld8luDFSSUommlq40ip4pHcWcyC&#10;MBdfuvdWY/DL/slD49f+Im2Z/wC6eP37r3VWnwS/7eefMn/y4b/4IPD+/de6vk9+691r8/M3G1fx&#10;X+fG0flBndlrvHqjsD+HyZqjloKTIY96uLaY2PuzCKlfGYVyEdNHHmqKOZ1WaQ2WQKk3i917qwig&#10;+Wf8vOv27DuUbx6co6SSmWpfHV+z6em3FTkxtI9PNts441xkTQylY4GubBS2tC3uvdC58X+9une+&#10;sTvvN9KbdGH2rtndcW2ZcoNv0W2V3LXR4aDKPkqbF06JMsCrUrFG1WiSkhrxoLX917o0Xv3XuiLf&#10;zFu49+9I/GTcO6OuKqfFbky+fwO0huKkjZ6zbWPzbStXZeikAKwzFYRSQzsP23mV0IlEZHuvdEq6&#10;d2N8Odn/AAt3B3Jl9x9f7r7h3l1Buys3JvTfedxmd3pQ9j7g2zPT1G2sPQZiWaekrIK5/s4WpoVq&#10;Z/8AOl3WW/v3XunL+Thu7a2L6o3ztbJbjwlDubcvblUm3tvVWUooM1mjR9f02VqzjMXI4nmWOmo6&#10;qZ2jQhUick+k+/de6Q/yv/7ev/Gv/wAo5/71+R9+691dZ2d/zLbsL/wx92f+6Go9+691VZ/Jh/5k&#10;X2p/4llv/ePxvv3XugJyeeX4E/zIt9djdi4vJxdS98RbvqYd3U1FUV8VPQb9zlHvDMVlNFCGaWTG&#10;ZynSCtpYyZkpXEyRv5IUk917o+/yA+YPxg3n8c+98LtrvLrzKZnP9Ndn4TC4dc7DTZXJ5bK7FraT&#10;G4+jxtaI5nlmlljijQJcudP6gQPde6B7+TV/2TDvv/xPO5//AH321/fuvdW1+/de6Cbvv/mRfdP/&#10;AIibsb/3j6z37r3VH38rb5N9FdE9e9o4ftrsPG7MyWd3nisliaWux+drHraGDCClmqI3xNLUKAsg&#10;0kOwP+FvfuvdWkf8OIfDH/n+23//ADx7z/8Arb7917pTfLPM4zcfw27v3DhatK/DZ3pPcmZxNdGk&#10;scdbjMpt011BVxpMquFkidHAdQwB5APHv3Xuiwfyg/8AslCv/wDEs7w/90+K9+690A/8yz/sr34U&#10;f+HDt7/352O9+691d9PBBVQTU1TDFUU1RFJBUU88aSwTwSoY5YZopAVZGUlWVgQQbH37r3WpX3v0&#10;P2R1X8kN4/EbYtVk4tpdt9hbKye08KGkGOz2IyFbUjYtXXsC7NFiDkK2lqJnIXXTyyuAEUr7r3W0&#10;71d15g+puutl9a7bTThdlbdxm36JyhSSq+wpxHUZCdSzfu1MvkqJvUfW7G/v3XuqV9gf9vnN6/8A&#10;kyf++Zh9+690PP8AOV/7Jh2J/wCJ52x/777dHv3Xuj5fFf8A7Jh+OP8A4gbqD/332O9+690jfmz0&#10;5m+9/jN2b15thWl3RU4/H53bdGrxp/E8xtbLQbgp8NqmKoGrVp3pY2d1VZJFZmCg+/de6r2/l8/P&#10;HqvZXVOK6C72zp603d1rU5XCYnKbopshTYzLYk5WorVxuRrDGwx9djXkeikgrBEpjji0M0nkRPde&#10;6fvnv8+unM109ubpbpbcsHZu9+zKaPa9VVbYgq63B4TCV9WIckf4mqCOsrKtFNJS0tGZP84ZZGUC&#10;NJvde6NH8K+ktwdDfDqi2nu+jfG7vzeK3fvXcuKlBE2IrtxUjtR4qqUn01EFDFSR1KWGiYSJzp1H&#10;3XuiXfyUf+PV+QP/AIcHX3/uuyvv3XulD/Ol/wCZVdMf+JBzX/vOH37r3Vpe4f8AmRmc/wDET5P/&#10;AN49/fuvdVafyWv+ZVdz/wDiQcL/AO84PfuvdB9/O3/7ll/8rP8A/Kn7917q+T37r3VHn8qv/mf/&#10;AMzf/Dhof/e1z3v3Xug8+ZuNq/iv8+No/KDO7LXePVHYH8PkzVHLQUmQx71cW0xsfdmEVK+MwrkI&#10;6aOPNUUczqs0hssgVJvF7r3VhFB8s/5edft2Hco3j05R0klMtS+Or9n09NuKnJjaR6ebbZxxrjIm&#10;hlKxwNc2CltaFvde6Fz4v97dO99Ynfeb6U26MPtXbO64tsy5QbfotsruWujw0GUfJU2Lp0SZYFWp&#10;WKNqtElJDXjQWv7r3VXuwP8At85vX/yZP/fMw+/de6sz+dX/AGSH3/8A+I+yP/uRF7917oHv5WH/&#10;AGRj19/4cHYH/vZ1nv3XuiH7Y7L2l0L/ADYO5s32vk4dm4DctPnMPBncwXgxlGdx4XFZ7BV9ZUor&#10;KlPUpTrGJmIRGkUyMgVre691cp1v8julO4NzZraXV+/8NvnLbdxFNm80+3TUV2LoKKtqzRUgbMqg&#10;pZJXdW/ahldlAu4UFdXuvdDd7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv//U3+Pfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3RdPllv/AGl158d+4cruzN4/ERV3W29sNiKerq6e&#10;CrzWay+3p8Xi8RiqeVg0089RPFGqIDbVqayAsPde6rp/kubfqKXqnuTc8kNQlPm9/wCFwtPM9hTT&#10;Ptzb/wB5OKcaQSyfxJRIdRHKgAENf3Xure94bL2l2Dt7IbU3xtvC7s21lIxHX4TP46lymOqAvMcj&#10;U1WrKskbeuKVbPGwDIysAR7r3RJX/lgfCx8ocl/orrljNQKg4tN+79XF3vcwiL+JeQRk86BLb8Cy&#10;+n37r3R0tjbB2V1ntyi2h1/tfC7Q21j9RpcNgqGGgo1lkAE1TKsIBlmksDLPKWkc8uxPPv3Xunbc&#10;G3sFuzCZTbW58PjdwbfzdHNj8vhcxR0+QxmSoahdM1LW0VUrRyIw+qsp/r9R7917omGE/lufDXA7&#10;mTdFL1BTVlTDUtWU2KzO5N15rblPUGUSg/wDJ1stPNGpBCwVKSRWJGjhdPuvdDTsz4u9E9e9o5/u&#10;fZ2w4sH2RueLKwZrcEG4N2VEFVBmqmKryUMOAra+XGU6PJBEVWmo4xGF0x6VJB917rL3d8ZOj/kZ&#10;/dn/AEy7J/vj/c7+Nf3b/wB/Ju7b38O/vD9p/GP+PVr6Hzeb7Gl/z+vRo9GnU+r3Xuh59+690md5&#10;7O252FtPcOx9347+L7W3Xia3BZ/F/d19B9/ishCaespfvcXLBURa0JGuGZHH1VgeffuvdJLqDpXr&#10;PoXacmx+p9tf3U2tLlqzOvi/4zuDO6srXwxU9XVfe7kq6yoGtIIhoE2gabqoJJPuvdMPZfxv6X7g&#10;3fsnfvYuzP7xbs66qKer2blf7xbrxH8HqKTKR5mnk+xwVdS01RpqYo5LVUMoNtJBQlT7r3Sr7U6l&#10;677r2fW7D7P2vQbs2vXSxVLUFaZ4ZaSugR46bJYzIUTx1FJVRrJIqVFPKjhWddWl2B917ouO0v5e&#10;XxB2di9wYvH9PYvIpubG1eIyVduPLZ/cGVhx9bF4Zo8NkcpVSSY6S1ytTQGGcHnycC3uvdCD0X8R&#10;ugfjjXZXL9T7GjwedzVG+MyGfr8rmM9mpMVJPDVyYmGuzM8zQ0zTU8MrwwhA7ojPqKLb3XunrH/G&#10;To/F9z1vyEodk+Dt/I/c/ebu/vJu6Xzfd4ZdvVH+4CavbFrqo1EPoohb9Ys/q9+690PPv3Xuve/d&#10;e6TO8Nl7S7B29kNqb423hd2baykYjr8Jn8dS5THVAXmORqarVlWSNvXFKtnjYBkZWAI917okr/yw&#10;PhY+UOS/0V1yxmoFQcWm/d+ri73uYRF/EvIIyedAlt+BZfT7917o6Wxtg7K6z25RbQ6/2vhdobax&#10;+o0uGwVDDQUayyACaplWEAyzSWBlnlLSOeXYnn37r3Qed1/G7pf5FUu36LuPZn98KXa1RkKrAxf3&#10;i3Xt/wCxnyscUNfJr2tXULS+RYIhaYuF0+kAk3917oaaSlgoaWmoqWPxUtHTw0tNFqd/HBTxiGGP&#10;XISxsoAuxJP5JPv3XupHv3Xuve/de6L9sr4tdEdd9p7n7r2dsX+D9m7yqNyVW5Nzf3n3jkP4lPu7&#10;LDO7hk/g2UyE+Ph+4qlEtoKRBH+mIInp9+690YH37r3RK+xf5evxI7P3DV7q3D1TS0GdyM0tTk6r&#10;auc3BtSmyNRMdclTVYnB1UNH5Wa7ySpTq7sS0jMTf37r3Qk9OfEv48dB1H8Q6u6wweBzhp2pn3LV&#10;yZHcO5jFKFFTHFntxTVVTAkpUNJDTyRxkgegAAD3XujCVVLTVtNUUVbTwVdHVwS0tXSVUUdRTVVN&#10;URmKenqIJQVeN1JV0YEEEggg+/de6Ituj+Wl8NN1ZapzM/Uy4SprJHmqaba+6N17fxJkdtRNNhMf&#10;WLSUyj6LFSwxRgfRffuvdGR6b6F6m6AwFXtnqTZ9LtHE5Gqir8nHFXZbKVWSroYBTJV12QzU9TPI&#10;4QaReSwHAAHv3Xum3rT439L9P7v3tv3rrZn93d2di1FRV7yyv94t15f+MVFXlJMzUSfY52uqqan1&#10;VMsklqWGIC+kAIAo917pT9s9Qddd47PqNg9pbd/vRtKqrqHJT4n+LZzCeStxspmopvv9u1VJUjQx&#10;vpEwU/2gR7917pSbM2dtzr3ae3tj7Qx38I2ttTE0WCwGL+7r6/7DFY+EU9HS/e5SWeol0IANc0zu&#10;fqzE8+/de6Czrb4ydH9Rb63f2X15sn+729t+fxL+9ma/vJu7LfxX+L5gZ/I/7js5X1NJB5KtRL/k&#10;0Een9K6U9Pv3Xulf2z1B113js+o2D2lt3+9G0qquoclPif4tnMJ5K3Gymaim+/27VUlSNDG+kTBT&#10;/aBHv3XulJszZ23Ovdp7e2PtDHfwja21MTRYLAYv7uvr/sMVj4RT0dL97lJZ6iXQgA1zTO5+rMTz&#10;7917oIu6fiv0F8g/BN2t1xh9w5WkhFPSbippa/A7np4FuYqf+8GBlpqqWGMkslPPK8IJJ8fqN/de&#10;6DDrr+Xt8R+sc7Tbl2/1NQ5DN0U0dRj6vdmYz+7YKCeI6opqXF5+pnoxIrAOkrU5dWAKsLD37r3R&#10;0vfuvdANj/jJ0fi+5635CUOyfB2/kfufvN3f3k3dL5vu8Mu3qj/cBNXti11UaiH0UQt+sWf1e/de&#10;6HWaGKoilgnijngnjeGaGZFkimikUpJFLG4IZWBIZSLEcH37r3RHd5/y3vh1vfN1O4K7qWnwtfWy&#10;STVcW0dwbk2tiZpZG1F48Dh6qKhgsb8U1PGDc3B4t7r3Q99OfHTpToGgqaDqTr7C7RNfGkWRyUP3&#10;mSz2TijYOkWR3DmZaitmjDDWsTzmNW5VR7917qt/+Yr3F2vW949H/EzYm96jqrbfbtLgH3Xvijkl&#10;oqmsj3hu2q2cuIbJQvFKIKWKmeWakgni+5aojilcIR7917qY38mnoaHGRnHdp9y0e54Y4ngzLV2z&#10;ZMZDkIiHFXHh4MRDUKoYakQZIMvH7hIv7917pE/AftTuXYXyn7R+H++uwqzuDae0aHcj4nclZW1u&#10;VmwddtiupkWakra6SomgpaiKpNPVY6WeRKeqCJE4Kyeb3Xulr/Ns7xrcHsDaPxz2e9XUbx7gyNFX&#10;Zqhxup619oY7JinxuKWKL9wvlsqsUcQS+tKWeJgQ9j7r3R8/id0XR/HXobYfWaQ065uixq5fedVT&#10;lZFyG9M0q1m4Z/OpPlSKUikp5PzBDELC1vfuvdGN9+691737r3QWdv8ASvWffW049j9sba/vXtaL&#10;LUedTF/xncGC05Wghlp6Sq+923V0dQdCTyjQZtB1XZSQCPde6VuzNnbc692nt7Y+0Md/CNrbUxNF&#10;gsBi/u6+v+wxWPhFPR0v3uUlnqJdCADXNM7n6sxPPv3XukJ2/wBAdOd9YmDDdtbAwe8qej1/w+rr&#10;EqKLN4vy8yridxYmSnr6VXIBkSCpVXIXWGsLe690XPan8tb4bbRzFPm6bqZMzV0jpLTU+6dzbp3F&#10;iklRtQebC5KseknH4KVMMi/7T7917o81LS01FTU9FRU8FJR0kEVLSUlLFHT01LTU8Yigp6eCIBUj&#10;RQFRFAAAAAAHv3XugN338ZOj+zOz9m9y732T/G+yev8A+7v90dyf3k3djf4R/dTcM26sB/uHxFfT&#10;0FR9vX1Es/8AlVLJr1aJNcYVB7r3Q8+/de697917oEu6vjp078iMfgsV3FtKbd+N21WVeQw1Eu59&#10;37dp6WuroEpqiqlj2rkKETv40CRtUa/GC4j0+R9XuvdCptzb2F2jt/B7V23j4MRt7bWIxuBwWKpt&#10;f2+NxGIo0oMbQwGUsxWKGNEUsxJA5JPPv3Xunn37r3QK90/Hfpr5D4vCYfuLZUG8aDblfUZPCK2Y&#10;3FganH1dXT/a1bQ5DbFZRVBjlQL5IXlMbFEZkLIhX3XunPdXSPWW9uph0durb1Rmusf4Tt3Btt6r&#10;3HukVMmM2nW0uQwEE+5Ia1crI0E1FTOZnrjJJotK7hnDe69099Y9Y7H6c2PhOt+t8J/dzZe3P4l/&#10;BsN/Esvl/s/4vl6jPZH/AHI56oqquTyVdVPL+7O2nVpXSiqo917pee/de6Kb278Hfi93fnqjdW/e&#10;rcdNumscSV+4tv5LNbUyeTl4DT5c7dqKaKsmYAKZ6qKSXSAA4AA9+691P6V+GPxy+PucfdPWHX64&#10;jdElLVUB3DkM9uLPZNKGsCippKdszVTRRI4UBvFEpP8AaJ9+690su1fjf0v3buDZm6eztmf3mzvX&#10;tRJV7Qrv7xbrwv8ACKiWtp8i8n2u366khqLzUsD2qo5B6bW0swPuvdDj7917oDuqvjf0v0luDee6&#10;esdmf3ZzvYVRHV7vrv7xbrzX8XqIq2oyKSfa7grquGntNVTvaljjHqtbSqge691H3Z8ZOj98dsba&#10;7w3Rsn+Kdo7Q/g393dz/AN5N3UX8O/u/WSV+I/3C46vhx03hlmkf9+kfVez6lAA917odpI45o5Ip&#10;Y0lilRo5YpFV45I3XS8ciNcFSCQQRYj37r3RFtw/y1/hruTclVuas6kjoqiuqhWVmKwO6N27f29J&#10;MX1yCnweGrYYKWNvoYaNYowP0qpJJ917o5e09p7c2LtrC7P2jiKTA7Z27QQYvC4ehV1pMfQ04tFT&#10;w+QsxtySzMWJJLEkk+/de6KZ2L/L1+JHZ+4avdW4eqaWgzuRmlqcnVbVzm4NqU2RqJjrkqarE4Oq&#10;ho/KzXeSVKdXdiWkZib+/de6Enpz4l/HjoOo/iHV3WGDwOcNO1M+5auTI7h3MYpQoqY4s9uKaqqY&#10;ElKhpIaeSOMkD0AAAe690YSqpaatpqiiraeCro6uCWlq6SqijqKaqpqiMxT09RBKCrxupKujAggk&#10;EEH37r3RFt0fy0vhpurLVOZn6mXCVNZI81TTbX3Ruvb+JMjtqJpsJj6xaSmUfRYqWGKMD6L7917o&#10;yPTfQvU3QGAq9s9SbPpdo4nI1UVfk44q7LZSqyVdDAKZKuuyGanqZ5HCDSLyWA4AA9+690kO8PiX&#10;0B8ip8fX9rbAos3msXEtNQ7joK7J7f3DHRo7OuPqMvg5qeWoplLuY6epMkcbOzRqrsW9+691M6N+&#10;LfRvxyTKnqPZMW3K3PRQQZrLVGWzecy2SgppWmp6eatzdRUMkSMxIih0Jf1FS3Pv3Xumru/4gfHr&#10;5D19Hme0uvaPL7hoYY6WDcmMyGU27n5KOK/ioa7JYKaneqhS7eKOq8gjufHoub+690lqb4E/Eul6&#10;/n6zTp/F/wB1azKY3N5ILnd2U2ey2VxEM0FBU5PddFXxZOVIxUTslKav7dWdisQ4t7r3RmtmbO25&#10;17tPb2x9oY7+EbW2piaLBYDF/d19f9hisfCKejpfvcpLPUS6EAGuaZ3P1ZieffuvdBZsT4ydH9Z9&#10;n7y7l2Rsn+Cdk9gf3i/vduT+8m7sl/F/717hh3Vn/wDcPl6+ooKf7ivp4p/8lpY9GnRHojLIfde6&#10;Hn37r3SR3zsHZfZm2shs7f8AtnD7u2xlFUVuGzdHFWUkjpcw1EQf1RTRk6op4mWSNvUjKeffuvdE&#10;sh/lf/CyHJLkP9FdfNGs7zri5t/b/fG3NykTRjJCVkQkEK0xvYBtS3B917o6Wxuv9kdZ7epNp9fb&#10;VwWztuURdqfD7fxtNjaJZZW1zVEsdOo8ksjeqSaQs7nlmJ59+690r/fuvdJreOzdrdg7YzOzN7YL&#10;Hbm2tuCkNDmcHlYFqKGup/IsyCRDYq8ciJLFIhDxyKsiMrqrD3XuinbF/l4fEHr7LzZvD9QY3J18&#10;kcsMP97cvn94UVFFMjRyCjxm4qqoplezWWZomlWwKOpuT7r3Sl6f+EHxn6K3j/f7rjrqPGbthWrj&#10;xmYyed3DuCfBRV9NLQ1seDXOVU60xlgnlp3lRfIYmaMvpZgfde6XG7PjJ0fvjtjbXeG6Nk/xTtHa&#10;H8G/u7uf+8m7qL+Hf3frJK/Ef7hcdXw46bwyzSP+/SPqvZ9SgAe690NeTxtFmcbkMRkofucdlaGr&#10;xtfT+SWHz0VdTtS1UPlgZXXVGzLqRgwvcEHn37r3QVdMdAdSfHrBZXbXT+0/7oYTN5b+O5Oi/j25&#10;s/8Ac5U0cVB919zuitrZk/ZhjTRHIqcX06iSfde6VXYXWXX3a+35dq9k7OwG9MBM4l/h2fx0FdHT&#10;1CjStXQyuPJTzqLhZ4HSQAmzC/v3XuikyfyzPhDLJJK3SKBpHaRhH2L2zDGGdtREcUWeVFH9FVQA&#10;OAAPfuvdGU6a6L6r+Pu16/ZnUO1v7o7ayeeqtz12N/je489585W4+lxVTXfebnrK2oXVT0VNH4kl&#10;EY0aggZnLe690Lfv3XumnP4LFbowWa21naX77CbixORwWYovPU033mKy1G9BkKX7mjeOaPyQyOmu&#10;KRXW91YMAR7r3RI/+Gyfg/8A8+S/9iT27/8AX/37r3Xv+Gyfg/8A8+S/9iT27/8AX/37r3Rtsr1j&#10;sfNdbT9RZPCfc9eVO0otjT7e/iWXh17Whxq4iPF/xanqErhanRY/OKkTcajJqu3v3XumjqDpXrPo&#10;Xacmx+p9tf3U2tLlqzOvi/4zuDO6srXwxU9XVfe7kq6yoGtIIhoE2gabqoJJPuvdMPZfxv6X7g3f&#10;snfvYuzP7xbs66qKer2blf7xbrxH8HqKTKR5mnk+xwVdS01RpqYo5LVUMoNtJBQlT7r3Q4+/de6C&#10;7PdM9c7l7Q2T3Jmduw1fYnXuLzWG2rnzUVSPQ4/PQPTVsUtIjiGYqk1QIGlRjF5pShBcn37r3Qo+&#10;/de6AbH/ABk6Pxfc9b8hKHZPg7fyP3P3m7v7ybul833eGXb1R/uAmr2xa6qNRD6KIW/WLP6vfuvd&#10;P3cvRfVfyC2vQbM7e2t/e7bWMz1Luehxv8b3HgfBnKLH1WKpq77zbFZRVDaaetqY/E8pjOvUULKh&#10;X3Xul7tXbGD2TtfbezNsUP8ADNtbRwOH2xt7G/c1lb/D8HgcfHisTQ/eZCSWol8VPFHH5Z5Xka2p&#10;3ZiSfde6fvfuvdFa7j+Fvxo74yzbh7F6wxdZuaTR9xuXB1uV2rnK7RZVbLVm3J6b71goEavWrKyq&#10;AqlQBb3XuovUPwg+MPR+ah3NsHq7GwbnpZDLRbiz+QzG6srjZf7MuJk3FUVMdHIouBLSxxyWJBY3&#10;9+690aerpYK6lqaKqj8tLWU81LUxanTyQVEZhmj1xkMLqSLqQR+CD7917oFulPjd0v8AHWl3BRdO&#10;bM/ufS7pqMfVZ6L+8W69wffT4qOWGgk17prq5ovGs8otCUDavUCQLe691I7p+PPT3yHxWFwncO0P&#10;734vb2QnyuHpf4/ujb/2dfUU32k0/m2vW0Ukl4/TpldlH1AB59+690KdRg8XV4KfbVRS+TCVOJlw&#10;c9F56hNeLmozQSUv3KOJReElNYkD/kNq59+690FnS3x56e+PGKzWE6e2h/dDF7hyEGVzFL/H90bg&#10;+8r6em+0hn826K2tkjtH6dMTqp+pBPPv3Xum/u74ydH/ACM/uz/pl2T/AHx/ud/Gv7t/7+Td23v4&#10;d/eH7T+Mf8erX0Pm832NL/n9ejR6NOp9XuvdDz7917oDuqvjf0v0luDee6esdmf3ZzvYVRHV7vrv&#10;7xbrzX8XqIq2oyKSfa7grquGntNVTvaljjHqtbSqge690Ie+dg7L7M21kNnb/wBs4fd22Moqitw2&#10;bo4qykkdLmGoiD+qKaMnVFPEyyRt6kZTz7917olkP8r/AOFkOSXIf6K6+aNZ3nXFzb+3++NublIm&#10;jGSErIhIIVpjewDaluD7r3R0tjdf7I6z29SbT6+2rgtnbcoi7U+H2/jabG0SyytrmqJY6dR5JZG9&#10;Uk0hZ3PLMTz7917oNcf8ZOj8X3PW/ISh2T4O38j9z95u7+8m7pfN93hl29Uf7gJq9sWuqjUQ+iiF&#10;v1iz+r37r3Qm762NtbsvaG4Nh72xf8a2nunHyYrO4r73I4376gmYNJB99iZoKmK5UeqGZG/offuv&#10;dM/VfU+wOlNl4/r3rLAf3Z2fiqjIVVBiP4rmsz4J8pWvkK+T+IbgqauqbyTSO9nnIW9lAUAD3Xug&#10;17w+JfQHyKnx9f2tsCizeaxcS01DuOgrsnt/cMdGjs64+oy+Dmp5aimUu5jp6kyRxs7NGquxb37r&#10;3Uzo34t9G/HJMqeo9kxbcrc9FBBmstUZbN5zLZKCmlaanp5q3N1FQyRIzEiKHQl/UVLc+/de6MF7&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuv/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3XvfuvdVK94fyptt93d8bx7fyHcWT25gt6ZWiy2Q2ZidkUs+Sp548PT0GS+13bWZRotVTUQ&#10;y1QZ8SQgk8el9Otvde6si6l6m2N0jsLA9bddYdMNtjAQMkERcz1tdVzv5a7LZatYBp6upkJkmlaw&#10;uQqKkaoi+690JHv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de6K/8nPiR1N8rNu4/E9g0uRx+cwAq22tvLb1RDSZ/BNW&#10;6GqqcfcxywVNJM0cZmpqiJhxeJoZD5B7r3RIx/LM7rhpP4DSfP8A7optnB0jXbAx27DSCgBAal8c&#10;W8Upb6RYN9npHB8ZAsfde6OD8Wfhf1L8UaHJz7NGV3DvPcNMlHuLfW5JopcvXUKTiqGKoKWlVKej&#10;o/MqymKNDJIwQzyy+OLR7r3QZVPwPG5Pl9H8q+xO1P76RYrKR5La3W7bGXGUGAXD4/7HZ1N/Hny9&#10;SJRjJAlcWTHxearBnITUyn3XurCPfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bf&#10;49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/19/j&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/&#10;1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vdf/09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3X/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Hf49+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvdf/09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3X/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff&#10;49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691//W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3X/9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tf49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/&#10;1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3X/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Df49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9bf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//X&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tf49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf49+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/19/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Df&#10;49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3X/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/&#10;19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1//W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Hf&#10;49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3X/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691//W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3X/9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/&#10;0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3X/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Df49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9bf49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tf49+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf&#10;49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/19/j37r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3X/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/&#10;0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvdf/09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3X/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691//W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf&#10;49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tf49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3X/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3X/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691//W3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Df49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/&#10;0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3X/9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tf49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//V3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//T&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/19/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Df49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9bf49+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3X/9Hf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFc7N+cXwq6&#10;U3jkeu+5fmB8XOpOwMRDQVOW2N2b8gOp9hbxxdPlaKPJ4ufI7Z3VlqStgSpppYqinaWBRJG6yISr&#10;An3XukB/w5z/AC2P+9hXwd/9Ky6F/wDr/wC/de6e8B/MU/l97ryEeI2t86vhxuXKygtFjMB8nek8&#10;xkJFBAJjosdm5JCLkDhffuvdGi2xvPZ+9qL+J7M3Xtrd2Nsh/iG2M7i89RWkBMZ+7xUssfqANvVz&#10;+PfuvdKX37r3QUb4756N6yaZOye5uqOvXp9RnXfHYm0NptAEGpjMuerKcrYcnVb37r3Rd5P5mv8A&#10;Lchkkhm/mDfCCKWJ2jlik+V/QySRyI2l45EbPghgQQQRcH37r3XD/hzn+Wx/3sK+Dv8A6Vl0L/8A&#10;X/37r3Xv+HOf5bH/AHsK+Dv/AKVl0L/9f/fuvdCb1Z8zvh73nnptq9JfK/41dxbnp6V66o251Z3r&#10;1d2DnoKKNWZ6ybD7SytXULEoViZGjCgA88H37r3Rhv4ri/8AnZUH/nZT/wDR3v3Xum7Mbt2rt7FZ&#10;DO5/c238HhMRR1GQyuYzGaxuMxWMoKWMzVVdkMhWyJDDDGgLSSyOqqASSB7917on7/zN/wCW1GzI&#10;/wDMI+D6OjFHR/lh0MrIymzKynP3BB4IPv3XuuP/AA5z/LY/72FfB3/0rLoX/wCv/v3Xuvf8Oc/y&#10;2P8AvYV8Hf8A0rLoX/6/+/de69/w5z/LY/72FfB3/wBKy6F/+v8A7917oY+nflh8WfkTkszhfj98&#10;legO9Mxt2hgym4MT073J112bksFjaqo+0pcjmaHZWSrpaWCSUGOOadFRn9IJPHv3Xuh/9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69185D/hQt8cP5XUP8&#10;0v5Ad/fOL539l4vcWcwHSlPF8MPib0g+8fkC2PwfS+Bw0GSz/bXZFTRbJ2+K1IUrKSGqWqkennjk&#10;C6keIe691SZL/Mj/AJa/x3lxtN8Iv5P/AEpvbKYyRhXdsfzKt9b1+WOf3PGi6aSc9L7WrNsbMxE8&#10;ZvI5giq45CbMgVQD7r3T9uD+d1/Oz3ZsvKbi6j3luX479E42nlrf4T8SfjLsXpbqTamNplPkkj3R&#10;sfbgq0ghUEeWvzcpQC2sC/v3Xumn45d//wDCgb5/UnY+S+PfzY+ZHYFD1Ngqnd3Zpi+e56apdn7R&#10;oYfuslu/O0W8t8bbRMNRpZq3J+M0lNdfPLGSvv3Xui89H9//AM6H5O9l5TrToD5RfzAu5d/YCnyO&#10;Tz0ewflD3VuXGbewuFn+1yG6dwb2odxviKDDwvpX+NVeQjoTqQrUESIW917ozfcHy6/4UTfy8F2N&#10;m+7/AJR/OrYG3t9rVVHXm7t895ZnvPq7eL45j/EKHbW9chld0bayE1NcGpoIaySSJSpkiVSpPuvd&#10;cJ/+FAXzo3njcVL80Oj/AIXfPLa+dgnix1b8u/hp1dlMjk8bj6g46tbbW/OtaLateKimdGhWviqp&#10;ZYZl9ZZlKn3Xumxu+P5EHyn/AMl7k+G3yY/lw78rRoHZXw57bi+RfTU+XqP85mN19Id8inyuNxsZ&#10;J/3H7ZzbSDSui4LL7917pK7v/kp787I23mOyP5afyW6N/mddfYiimzGR2d0fU5PYXy42vgYVu2U3&#10;l8Pux/t90opYiKNME+Wd31aV0IW9+691vL/8JCsxVUX8tjsjprePXVb1r278e/lJ2T1v2FhdxbIq&#10;Nmb6eHLYfF9l4Eb0iyNLTVslTTS53I0UcNfeenjhCaEiaLV7r3W1d7917r3v3XuvnCf8LM9hfBTr&#10;Lt34/wBH1X0xtvZ/zY7VTO9rd2dgbKjbb1BnuqlNRtnbrb725jpEoK/O5bMxVU0WYakFd4MfIlTP&#10;LHNThPde60gvfuvde9+691737r3W75/wiG/7Kn+cH/iv/Xv/AL8V/fuvdfR89+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//V3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6918pT/hUvjtgbI/nnb/3hvrA7&#10;q7E25n9lfH7dm8uuwuQ6ugzGCxHVmK2zT4fbfZUsOSaspq442ZavJUGNAp5BPRRv91BJJD7r3RfR&#10;vzrT+X9/Od+Mvdfx12XtDZXw17YrPiJ2119teqo6zfeKy/xN7lpdt5PfGBzmU7ZqdwV7Z+hqYM5h&#10;NwZP7mOSLNY+u+1jo6YJSR+690NXzW/mffzFf5cX87H5cNF8ku4+zNjdd/JXf+Gl6F7b7B3Nvjpz&#10;enxv3TuX+9e2+oMn17uearxNLjJdrV1HQUs1BQxS0gbzUjRP9fde6sM6K+NPUHxs/nZ/zOen/j5Q&#10;QYXoH5V/yfPkx2d0rteKIU9Pgtk/IvpPbfcUez6CiUssVHjq6PIUuOp1ZhHRwwJclT7917qonuTE&#10;1Hxr/wCE7PwvTr2WbD1v8yD5cfIXsrv/AHDipHo8luja3xSyrdTdWdU7irKfS9ThaWvkrdx0+OmL&#10;RCuY1OnyBSvuvdOn8sLOf6a/5Tf86n4tdq182V6s6l6T6y+Z3TiZWVqim6v762Dvn+7j5PZ3mJWj&#10;qd10dVTYTJGMXmp0MYt5JC3uvdHP6PofnP0h/It+C3Vfw06t7R7p7e+c/wA1+4u/MltWm6IxfyI6&#10;+290xsNY+idu7G3ltbfuIzm3sNi905+jbOK9dRwJWxQVk0tQKaGS/uvdEX/ma/GL499mfz22+JXx&#10;I2Btam2bv7s/429Qbs64+M9ZhMBsXAdwbl2nt/A944LqqtkpMhjMXS4zNTZE1TSUUlLQ1MVYJYki&#10;hdU917onfyw+HuM+Mn8wXOfF/wCAvyP3X8qOw9h9obm2Ns7cPW+zt19Zdn4js/ZeVqMbV7LwEtPU&#10;FMpmaeqpqijoq7bNdKtfNGBSRpLPFT+/de62qv5D/wAjf5zPzrf5M7Lj+ZFL1n8pPhFQdQDCbe+T&#10;PSuKzNR8gdu7zrs1S5TqX5eZo4+m3jWUeFODh/ge41lfP4mTK5ALPNDWmIe691tm/HD+ZRiN2dnY&#10;P4q/MjqvNfCT5p5WmqDt3qfsHNUGe6v76ixxCV24/ir3pj1iw+8qWxSaXDn7TPUYZkq8WixPMfde&#10;6s/9+6918cX/AIUbdr9m9s/zk/mrU9nUGWw02wewKHqjYuEyuOyOLFB1lsDAUuI2XX4ylykUUrUm&#10;Zg1bhiqFDQ1ByDVFO708sTH3XuqQffuvde9+691737r3W75/wiG/7Kn+cH/iv/Xv/vxX9+6919Hz&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WgB/wrr67&#10;2p8ocPu/uTrbBlu3f5Y3aPXPR/yQpqQLV5Or6C+W3VWD7a6X7QyfjS8GJoN1vmNtU6M1xVVVRIbp&#10;INHuvdale56fNdvfys9hdkblgnWt+G/yvovjPsXctRE6NuDq/wCUWx92fICm6/o6xxpli2bubZ+5&#10;MysUba4m3i5kHjaDT7r3V0H82j4b4P5j/MjpX5mb/wDlf8Qvjl118kfh18Pu1flNujs/5E9Uydo9&#10;Xdr47pnGbT7X2Vj/AIzbdytX2JntxUWPxFDNDQ4/bhgqKudaaSshkFQ0PuvdIbob+aV8U8//ADj+&#10;3fmx2d2Bmukvirtv45bw+KXSWzqrYW8ewOytydRUfx1l+N3VmvFbQpnoqat0U1JufOpkclBHHLPJ&#10;S0rz2DR+690Wjqj5H/EDvr+Xlur+VT8lPkPT9RTfHz5Hbl79+CPzIynWHZm4erMpjN3Us+I3/wBQ&#10;9tbK2Xjcru3BY3Ny1D52ir6PC1zQVkhWqCxUiLWe690ER7R6O6I+L2//AOXf8Vu/dlds9hfNjsnq&#10;2f5W/LXL4zefTvx6wnXXUWVnzvVnR3XNd23jcTuP+HS7iqWz27N2ZzBYeBjBQUaUslJDPWn3Xutm&#10;zbfYOzN8fOnE/wAn3p7tTr3s/wCLvbv8iqu+EPxl7P6o7M2bvPZO/wD5BbD69q+7/wDTtR5XZeSr&#10;Focn/ePHZygnpq8U0rVVIlodBRpfde6ph/kH/G3v3YO1Pm//ADKOouls/wBqd6/FHqvfPTnxD68p&#10;MZR1GcqvlVv/AGVXS703vR4LLMhrpeudjR5fMVmEWM1VdNW0dHRxyVksUR917qsD+X1PSdedidq/&#10;Pbs+nTcOK+GWHg7Q2tSbpQ5KDsP5h71yVRivi7s7LLX6/vJItyRVe/cvS1F/usPtjMRsdbC/uvdW&#10;9/yX/n58vOhdpfNv5h7awfcfyO+XXfXe/wACfjT1X2J2TNX70653jnt5djZqHfPXvbe890fcV0qV&#10;NFJtzHY+jwNXFlKV6mieB4KFJr+6919NL5H/ABZ6H+YHVFZ038l+s9tdo7Kr5qLKChyUdZR5Dbm6&#10;Meh/h279ibnxssGVwWXond2oMviqynrINTCOYBmDe691VfS9/wDyO/lQ72x+wvmrvDcPyE/lw7hy&#10;uA2x1N8+dzzwV/bvxeyuXqWxGB65+cz42CJcvt+qqGo6DFdqxU0PgnaOPceuSrWuh917r5f383b5&#10;ibl+dn8xf5U/IjPmugxeb7Rz+0Ou8Rk8VJg8jt/qjrqsfZPW2GymHnjjlp65MTRU0uSjmQSfeSVB&#10;cBiQPde6rc9+691737r3Xvfuvdbvn/CIb/sqf5wf+K/9e/8AvxX9+6919Hz37r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9ff49+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XzHf54X8wzvv+Xl/P5+cW8OmK&#10;HrTem3u3Ojuhuq+4enO79kw9l9K9s7EyfQO16tsFv7YdTUUqViwypqgkSeORVeeEsaepqIpfde6r&#10;B7tx/wDMe/mNdbdZbm7Y2R8cPg18H9kz5jPdO4XJ4fqz4DfDjE1240ij3DvHqzZWYkosnvrK1gjj&#10;inrsDSbiyWkNFGVjMie/de6LHUdI/wArTqXHxxdm/Nbvf5K75Q+LIbe+Hnxwh2x1VS1MJtUR0neH&#10;ygy+28zVxk3SOeHrTQba1Loyn37r3UmP5C/ypdrU0OO2x/La757FelCo+5u7/n9WmvzBU3aon250&#10;v1ttOmo9X08MdZNpFv3WN2Puvdcoflx/LhMhWt/lH7VNMZFscZ82/lJRV6wgnUq1NfVVkOsi3rNK&#10;QDc6ObD3Xuuq3sv+T92PW0BzPxV+bvxijjFZHkavp75QdYfIjFVP3CqaOqg2f29sjbFZGaZg14P7&#10;0kSqbGWNrOPde6kbZ+L/AENnd2YjdnwT/mWbKwnYFBUtWbS2v8oMRuj4H904ytqYWgjhw/aVPk9y&#10;9ZU8yrI1M9TVdnY5pNepYhG0gj917rai/kP/AAk+Xu3dt9wYTub5q9hfBX5sQ/L7bPf3ReP7f2zt&#10;LuXZfyAbffU2X2l2f2Hi49yZuhpO3KLe1PkZaHKV22t11BpZ8ZS161C1k0E6+690RL+YJ8Ou2/kj&#10;8tB/LI/vP0l0f8i8z8p+0vkx3zTw0uE6v6/7ZwO6sRiaHZPfuE2k2Gize7t312OrN47kxOxdr7k3&#10;dU47G1lTi/4lX505KR/de6U/8njfXTXa3za6ToMdmqDr7+Xx8EuxKvsDorpnOyVWU+RncXZPU20c&#10;tgMT25keotpQ1eSz++9+b63rt3NzUGMo6qoQYqh29iknotuCSn917rZd+V3bv8xX+YZ8qti/Az43&#10;7/3l8CNo4WPZvdnyt3R15lsHkfkb0p0LWvLNtXb/AGz2RtmpyOE21vfftTFq2nsTa9fWVUGNpp8x&#10;nco9FM2GX3XurvfkZ1lvjKfB7v3qLC5HJ94dkZP4x9s7H27kexsJsPJ5fsze1d1pkMTtx934DEYr&#10;G7cqJ8hXPTrVU8WHp6KRmINMkZKe/de6+Z/3TsDF/wA8zZO+t7Yfran6K/nhfGfZ1TJ8jvjsu1hs&#10;CD587B68x/hz/Zuwdk1EFJLju1sBSxf7+DbHhV8jTRq1DGRElNR+691q/SRyQyPFKjxSxO0ckcis&#10;kkciNpdHRrEEEEEEXB9+691w9+691737r3W75/wiG/7Kn+cH/iv/AF7/AO/Ff37r3X0fPfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//Q3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6918xf/hSf8udkfHP+&#10;bh8jYemfjj163yfl2z0TPn/lL3E9J3NkdpwydHbfbA03QfTu56BNp7Zq6ai+2824MxQZ3LpWK9Vi&#10;qzEehF917rUs7M7U7O7p3ll+xe4OxN79p7/z8omze9exN05veW6srIt9Br8/uGeoqpQtyEV5SFHC&#10;gDj37r3SC9+691737r3Xvfuvde9+691737r3VqH8qn5IfOnZPyZ6T6I+Jm4O4t50PZXcmxarK/Hr&#10;YuQp8hjt3yYvLLVZfcWBxe5Y6nF7dzuPxgrqik3xAlJV4MK2QSvpVp2mT3XuvoUfND+T/wBP9ifN&#10;Lpv5s/zD8T2T8wurOletjsWfsHrzHYvZWUwmC2buGt3jsbdPy+6i6yp6au3VBiZ8rkpajc3W6Y6H&#10;RHSxZbaqYulqq1/de6sc7m+PuI6x2Z2R86v5Y/xq+NvfHy+3Z0fgtmdOZfcW+afbuzJOosBtKsk2&#10;JtDozO4anq8JjcU+QqYcvJh8dPiKLONJKlZl6Umlqab3Xuhh/lq/Ez/ZUfjTg4N4ZzNb/wDkV3lX&#10;Hv35X9wbuxkmK3r2l3/2Nj4Mpu/JZrGzpG+Po8SPDgcHhhHGmOx9HT0wiWRZWf3XugG7V/mJYqv7&#10;jwXRWzu4tldE7lzi9mZgbs7I2E24tmbD2bsDI5bbW1uxe2NwZvM4LFNit55XGg7dwOMylNkKjFT0&#10;2VOSpln+3T3XugW7h+YPwK7KrNp9k/If4yZrdPbfx4XZ+7Z+5eu8T1zVbu6O7Vq9rRZet2/tTfVB&#10;ubFb+wpkyEcGBjgr8fRU+WaamikjqqJp2i917rS//my/ylN8fJ/57bx3D8Ndj7Kp+wfkltfLfIbr&#10;PqXDZHGbOh78EdEN5914LDUuVr5cNtrtzZcGSx9Rv/r2fKRJXRy/3jwwgjrzhKP3XutUXce3c/s/&#10;cOe2luvDZPbm6Nr5nKbd3Jt7N0VRjczgc9hK18bmMNlsdVqktPU0tRFJBPBKodHVlYAgj37r3TN7&#10;917rd8/4RDf9lT/OD/xX/r3/AN+K/v3Xuvo+e/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuv//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+6918jT/hVl/wBvvvlJ/wCGh8c//gedte/de610vfuvde9+6917&#10;37r3Xvfuvde9+690suuuvd6dtb/2R1Z1xt3I7u7B7H3Zt7Y2yNrYmNZsnuLdm68tFg9v4SgjYqpl&#10;qaqeKFNTBQWuxAuffuvdfYN/ku/yU/j7/Ki6M2tJFtba+8fmFuzaFPB318gDT1GQytfk8nOuXymw&#10;ev6vKEtjNtY+Xw0cUdHDTNkvtYq2vjacokHuvdXc+/de6Izv3rXfXxqz2T7o+MW1JdzbCymUyO4u&#10;+/itt+Onpl3e+Uq3yW4u2/j5RyvFSYzfAlkmrsrgwYcfulmlMppM3KMlP7r3TduL527d25kdtb6k&#10;2nR534o7z6/ot7bb+Q+1N05HOZSeWlGSqN/4/JdRDCRVtMu06SgWt3BTrkpMtBTvUzph5KfC7hmx&#10;Huvda3WJ+UnU3aPdXXWH7UyNOlBmOrPhj1hufbu9crP17gJ9rHY20dz9xVOz2zKwGoq9yQ0OZ25l&#10;X81OzYzH5DHTvFU46opz7r3VvG1u6uuNp4bJZ7vLZnbvSnx374xe+oNqbe29VdXde9EfDjcvwm3L&#10;urP7owNX2dt/K7b3Nitx7rfbjbgqaOTFy4VK/GVFItZIkk82Q917onnVnwp7t+UXx87xfZeQw/Vv&#10;ZnQu6uquwf5efbdPnt07ize1vkX0NPueD+Idj7jzNXV43IHNUdZTbD3tQ48VNNRbf+12rNPkX21B&#10;Knuvdamf/CiT43bF7e2f0N/OI6N2BiurcZ8l8zkeivnF07SnIRZ7pv8AmCbDfKN2lht04yYGOmq6&#10;p8ZkaGsZRB9zNjVyjxPLlnmk917rVa9+691u+f8ACIb/ALKn+cH/AIr/ANe/+/Ff37r3X0fPfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XyNP+FWX/AG++&#10;+Un/AIaHxz/+B5217917rXS9+691737r3Xvfuvde9+691737r3W3b/wjx+DY7++f28flnu/b/wDE&#10;OvPhtsZ6/bdZWQl6CXvbtKKo2xsmNI5h4p2x2Ej3HkiVLNS1S46ays0Te/de6+oX7917r3v3Xuve&#10;/de6ra7/AOuNpdFbi3F2FlMbM3xT7y3Vi3+S+3cbV12G/wBCHbOSydPDs35i7CzGGkhq9v2yiUMW&#10;+a/HSwmin+x3kk2Pmxu4KzJe691Th3t07mMZ3JQY2fA0GQ7VxXZPafTe3O1erdp7tody7fl2zt6t&#10;7LiOQ6x6uoM5msHnKzZ1bhN9ZXcOzqSXATZDO1FVjthYnN1J3XQe69009f8ATjb0we7Ouu/O1PjZ&#10;nPirFhchsvqfsCo+RFBku5uhpMTtKTamyNl9S9a7Q3JmqtZcpuJaSpfr/I5vKy5aikix+ZqazJww&#10;0I917rZZ+M20zsf499M7bn67oepMrSdcbUrdy9a47MVu46fZe883iY87vfBPubJT1VVlJ4cvU1v3&#10;OVq6qeesmMlVPNLLK8je691r8fPL4W7Lyvyu+Rfw33fj8LTfGn+d90pvnK7Aqs1SSS7a6R/mn/HX&#10;Yf8AE9u9kYuOmCpQVO7trUlFnJmi/fyGQ2zURssoq5kf3XuvlTb22duHrzee7tgbtoHxW69jbnz+&#10;ztzYuUhpMbuHbOVlwuaoJGHBaGpgljJH5Hv3Xut1X/hEN/2VP84P/Ff+vf8A34r+/de6+j57917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Pf49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XyNP+FWX/AG++&#10;+Un/AIaHxz/+B5217917rXS9+691737r3Xvfuvde9+691737r3X10f8AhLf8RF+K38orpPP5SiFN&#10;vf5UZbOfKDdLvAqzDE78hpsN1hTxVJAkenfaeLwuQRG9KTVc5QEMWb3Xutif37r3Xvfuvde9+690&#10;05/A4TdWCzW2Ny4nHZ/bm48TkcDuDBZijgyOJzWEzFG+PyuJymPqlaKemqYJJIZ4ZFKujMrAgke/&#10;de6om2N1d25TfIXa/VuGo8xu7eXwz+QXTGN3cz7mwmF3pvL4nbppspQfHL5Jz7o3XURyZiKh2hV7&#10;m647FiczZbcmU2fT1EDBKGOCo917q5fsqbozYVHU90dwy9T7Lx+yKeOsq+2OypNn7co9oUscgjiq&#10;qnfe6DCmPjV2AV2qowCQAbn37r3VWXan88L4t1Me5Nm/CLa/d/8AMe7koaWqosdgPhT07urunrTC&#10;Z2ppGGFrd997Qfw7Y1JjFqNH30lPuaWeOO/7Op49XuvdTvnriOzPlD/Kx218kdt7ByezPlX0Btzp&#10;z5+dY9f5ahq8duHZHyG+O8VP2du3qiox9T5JBUVtLDuTYtXC7SJLHXTJrkjfW3uvdfNF/wCFAW0u&#10;vqL+Zr2x3L1DVVWQ6k+YmyOofmn1zk6qOijbJYb5J9eUO/szWRCgCpobNy5VbMPIrKySM8itI3uv&#10;dXq/8Ihv+yp/nB/4r/17/wC/Ff37r3X0fPfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3X//1N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3XvfuvdfI0/4VZf8Ab775Sf8AhofHP/4HnbXv3XutdL37r3Xvfuvde9+6&#10;91737r3XOON5ZEiiRpJJHWOONAWd3c6URVHJJJsB7917r7yHxy62l6a+PfRHUE8VFBP1T011f1tN&#10;BjTqx8MuxtkUO15IqBgkd4VNKREdC+m3pH09+690Mvv3Xuve/de697917r3v3XuiTfIHBx9cfIX4&#10;1/KDGRrTRS5t/if3FMl0XI9bd+5ujg6ryFTBHzU1mK7Mpdr47GtJxS0efzboR5pA/uvdVTfO/rDp&#10;DfP84r481H8yM7IzHwNb4ZZ2H4wbb75y9JRfGOf53Yjub+I73i3ljdxTxbfq921OxJaQ7eotwiSG&#10;so4a9aOCSppJCPde6tCw3zX+JuBjpurPjVHVd9Vu2adcRjOu/hv17N2Zs7a8kJPi25md/bIii6+2&#10;jILnRT7l3LikF/qLi/uvdCL8dOzO/e0Mr3dSd/fHXOdDYWh3bgpuncNujcXXW8sjuLqnObIoqKsj&#10;3hkOs8xnsMmch3DQ7gkrsfTZCeOGgqsYBLMXaRvde6+bd/Og+GnX2xP5e2zd+Yvb/wBp23/L8/mR&#10;/JP+VnuTcwqq45Ld/wAexk9yfJX4uT5/HSSGBVw+2stRUVBUpEsjQVaQSyzJFAIvde6OB/wiG/7K&#10;n+cH/iv/AF7/AO/Ff37r3X0fPfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3X//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+6918jT/hVl/wBvvvlJ/wCGh8c//gedte/de610vfuvde9+691737r3XvfuvdKX&#10;ZlRS0m8NqVVc0aUVNuXBVFY8wUxJSw5SKSoaUNxpCAlr8W9+69199P37r3Xvfuvde9+691737r3X&#10;vfuvdF7+WOwc12d8Z+9Nk7VUf32y3WO7ajrqp0s0mK7PwmJkz/WOepgpB8+Oz9Lja6nI+kkKH37r&#10;3QVdn/IGLcXxZ6c7+2B8d858ptv9vT/H7cGJ6m20NkVG5a3afd1ZjIKHdGHk7HqsdgA+Hgy8OSqJ&#10;crkqKmFNFOz1VOLOPde6Ztz/ACO792B13uPsXcXxn6n6E6y6/wBvVm4Ny575K/K/aPWOE2ntvE05&#10;nq63K1vT22ewsZSQwRj1E1ojH0ViSAfde6JL/K6+e/zV/mL90dld4Z3oTC9Kfy68FsnPbT6C3p/E&#10;s3XZP5OdhTbvxUlL21tCPfuA29uL+69FjKTL0+PrpsTjoKz72MvTyVUEsVB7r3VDf8+v4y9m9sY7&#10;+dz1h1fS4+pbaGR/l0fzQsjtic1S1WV6/wBu9G73+N/eOY2vT0sbp95Qx7Nx+YrTKUWSCKpOszaE&#10;b3XuiZ/8Ihv+yp/nB/4r/wBe/wDvxX9+6919Hz37r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691//1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3XvfuvdfI0/4VZf8Ab775Sf8AhofHP/4HnbXv3XutdL37r3Xvfuvd&#10;e9+691737r3Qr9E9L78+RvdPVPQXV2NjzHY3c3YO0utNk46eojo6Wp3LvPNw4HEitrJfRDAss6vP&#10;M/pjjDOeFPv3XuvvF4DGzYfBYXEVFbLkZ8VicdjZ8hMoWavmoaNKWStlVeA0pUuwH5Pv3Xunb37r&#10;3Xvfuvde9+691737r3XvfuvdVpfCXsQ9Q/yy+rdzS7L7B7Dj6F6w3X19juvuq9tVG+eyN1UXQu6s&#10;p1TgNpbI2xRuhrK+eHC09JSRPNFEpIM8sMSySJ7r3VOOx8H8wP5m/aj9v/zNfg38sIvjz1xvcZX4&#10;7fyy9oba652l1fkKnBVhqMH2/wDMHe3ee7tnUO+8yrBJMdtmNxhKNUDSU88s9TA3uvdXs7e7u+T+&#10;Q7T6T2VQ/CLdXU/SWd3FnsBv/e2+OxOlMrmdgbZw/U24NwbUNBsXpvcWepqeGozmOw+HNR/EZooh&#10;UrEsB8qz0/uvdEv3z1/it8fzv+xthblpRVbF72/ko1+xd80C2X+L0GA+W2RwJicsCmpaHeOQi1Mh&#10;NpADwAPfuvda/X/CX74Vdu/y+P5qv8zv4q9z4eooNydddQbFTA5kqGxe+9g5Hsqaq2P2Ft6rQBJq&#10;LLY8xVC2s8MvlpZ0iqYJoY/de63t/fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3X//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+6918jT/hVl/wBvvvlJ/wCGh8c//gedte/de610vfuvde9+691737r3Xvfu&#10;vdXl/wDCber6bx386D4VZPu7NYnDbfot172/uh/HqOCpw+S7ayHWOZw/U+Pqaio9FLP/AB2poqjG&#10;1JBK18VKilWcOvuvdfYt9+691737r3Xvfuvde9+691737r3XvfuvdVGbI64763r/ACrH2d8W93Qd&#10;a949hVe8N2dVb2qqurpMftQ9gfJiu7Eiz+SkpJ4KiaiixFdLNVQQTCWqg1wx6nlUH3Xugyq+nP8A&#10;hQfh2SbA/Nf+WxvNjp8lHvL4j9y7VpV59QSfau86qVuPpci/+Hv3XuhL6R2x/Okh+Q3SdX8suxPg&#10;5uX47YzJb5rOwaP4m7H7f2HvOfIP1jl8Xssbzl7l3Floa3BnK1NPM9LhqZKta6OimdhSRVAPuvdc&#10;KvIRS/z68DillZpqH+UPu7ISw/2Yosr8y8JTU8v+BkNHKP8AHR/h7917owdFvbpLK/zM8tsjbmL2&#10;pV9+7U+Fq13aO58XmaKo3Vjuv853LST9X7J3Vh6MmWGNalc/lceayzBKqRoF0TSM3uvdH19+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdfI0/4VZf8Ab775&#10;Sf8AhofHP/4HnbXv3XutdL37r3Xvfuvde9+691737r3WelqqqhqqatoqmejraOeGqpKulmkp6qlq&#10;qeQTU9TTVEJDpIjgMjqQVIBBBHv3Xuvsmf8ACfn5vdnfP7+Vx0N3n3fnY90904vJb96s7N3RHjKf&#10;E/3mzfXe7anFYTcVXS0Z8LVtbg2xNTkpoY4o5K16h44YkKoPde6ul9+691737r3Xvfuvde9+690g&#10;O2OxMN1D1Z2X2xuNgm3usOv95diZ5jIIguG2Vt2p3LlGMrXC2gppDqI4+vv3XuifbB2V8suvP5bn&#10;RmwPj4el8Z8s9h/GDoja+GpfkVi9813Ucm+tr7Aw+L3XjN7w9dVdFmoElaGsjSppHd4pyjvDMoZD&#10;7r3VSe3t/wD81Xe+4cHsT5tfzLOvf5ZfZ+68mmAxPXHXfwL2FN15vXL1UhipMb0x8uu+d3762hnq&#10;mtALUGGUw7iWMq9ViKKUiP37r3VgPxx/lrdqdJfKzZ/yL7N/mI/Ln5c023esO0dtzdbfIPcuzG2T&#10;g9872yW3qfbnYGwNjdcYXB4vGS02KpNzY2saaCokkWugEEkKxVCz+691F6cpk37/ADtfnDvjSpTo&#10;P4G/CToKnkFiv8R7R7R7Q7wz0KkfSQU8eGaZTb0NAfoR7917qvf+Xr8hulvkh/wol/mw7m6QFHX4&#10;fYPxn6F6Z3ru7GyY+ox2+ey+r93y7d3bnKCsx8kqzxUZWDApOzXf+HXUePQT7r3Wz77917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0d/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdfI0/4VZf8Ab775Sf8A&#10;hofHP/4HnbXv3XutdL37r3Xvfuvde9+691737r3XvfuvdfUt/wCEam8afcf8pvee344qiOo6/wDm&#10;D25typaUSGGo/imwdn7zhnpZCNGm2UMbIpuGQswAdSfde62y/fuvde9+691737r3XvfuvdEE+fu4&#10;Dndr9HfFvH08uQy3zJ782X03nsfCvlT/AEGbZpqruX5My5eP6Jj6/Ym2s1tl53IVavMUUfreWOKT&#10;3XugG+Zvyx+cGxvlp131F8FPjptT5WxdZ9F5zuP5XdU7h7b2n0pkXwPae+6bZHx6g2Lv/dVFWUcO&#10;4J5dsb/rIqDISUtHPS0kvmnWQ0pHuvdBD/w+F8Ac3W7w+Pfz12N2Z8KN9U4xm1eyuovmz068nWNX&#10;JubGDJ0eNqe2dqLuTr7IY2vprz0UtfmoBVwgusHokVPde6Nh8GepfhbT737k+Qvwp7kTtLrbeWC6&#10;16dg23sfuLKds/HXqqfryDI9hVOI6BhavyOHwdHk6beONlyuI21OuLglpIFhp6apFYje691Tzvj5&#10;AdqbE+Cf/CiL+Y/0nXyYzsXeHyO7d636V3lSpJNHjuvviZ13tf4fY/sTas8PpaWgyuN3dmcdOA8H&#10;3MaTSK6mVW917qjD/hEbPNU/K75zVNTNLUVFR0JsCeeeeR5Zp5peyJJJZppZCWZmYlmZiSSbn37r&#10;3X0d/fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//S3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6918jT&#10;/hVl/wBvvvlJ/wCGh8c//gedte/de610vfuvde9+691737r3Xvfuvde9+6919EH/AIQ7dibhyfUn&#10;8w7qapyMsu1Nk9i/HjsTC4kuDDRbh7Q2zuzbW58jGn4aqptoYiJz+RTr/T37r3W9v7917r3v3Xuv&#10;e/de697917oj3T8tF3z8k+z/AJJSCOp2D0jSbv8Aiv0PkZVT7TIZah3NS13yu7ExdSbB6ap3LhMP&#10;siIyKGhm2nkpYHalyQZ/de6rN+IHzj+LXaPzh7tze7t79yfCL5T/ACBFHsvFdEfIvatL11t/5S9H&#10;dcz5bFfFbvnoTI9vYlzVZaXDZdsjNhcJko1jqKutpcngKuWCLIn3XurCdm/HPNfGDAfK3dmZ/wBJ&#10;nzxf5HdiY/tHem0twbT6FpO2s5VY/qzDdStteSaurNj7FyODpcJtjCU2Nw8eHxskchrZ5ZchPWEJ&#10;7r3RPNu7lxv8or+Sf2b3tnOs9odLdgbb6z7b+SWX6e2zhMNhdsbN+RvyW3jW722V0bj8PgooqJKX&#10;C7l3Lhdi0iUsPjFNRwiNXVRq917rXu/n491zfyxP5H3wl/lU7Q3RW0HeffeyNuVPfhieQ5Wv2hjA&#10;/YfyFy2TrBd4H3X2NlQtmlLVNMuTgcyL5Sfde6LD/wAIhv8Asqf5wf8Aiv8A17/78V/fuvdfR89+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/09/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdfI0/4VZf8A&#10;b775Sf8AhofHP/4HnbXv3XutdL37r3Xvfuvde9+691737r3Xvfuvdbwf/CIXsE435PfOXqv+KmFN&#10;6dD9ab//AIJqAGRfrTsCp28uT0eUXNGN2NECIHsKk+uO+mX3Xuvo6+/de697917r3v3Xuib/ACw7&#10;L35JHtv409BZSXF/IPvimyNFRbxo6aGuT4+9R0kkdD2P8i85DUBofNiYZ1odo0NQjLk9xVOPp3jO&#10;OhytTR+690UP5U965D4w7V6l+AvwPiym0u58ZtPrqCn3jF8bu3PlL1f8YekKPLf3exe9O+KHreWO&#10;rgn3IcdkKHFVOSrfJUPDk8rVuIaOac+691Xf/Mo+MPz0o/jm3Y/z/wDmF8c/k58OtgdmdHZD5L9K&#10;bB/lr4SPdR6K3H3LgNl92b32ZvbObq3hmsBV7a2xksrn5M7t/Hpk6SnopZ6OWnnRZo/de6Vnxbxu&#10;c2T8sPjl0P8Ayyv5rb/KP4X7wxWV7W7u6W3zvDYXy63F8auk+v6jH12Bg6v+QkNXNnMJQ7uyc2P2&#10;Tj9tbrlrZoqCbL1+LcVGKkel917o5fzpNF8u/nZ8Jv5elNSYrc3XHXWXn/mDfMagef7gY/ZPSORj&#10;w3xZ67z9DZ6eSHdnYdZFmJqGqs89Htuo0pJA01vde61Nv+Fv+JxEPyK+B2chqI2z2R6V7cxOSpAy&#10;+WHEYXfOMrMJUOv1CyzV+QVSeCY2t9D7917pp/4RDf8AZU/zg/8AFf8Ar3/34r+/de6+j57917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//1N/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdfI0/4VZf8Ab775&#10;Sf8AhofHP/4HnbXv3XutdL37r3Xvfuvde9+691737r3XvfuvdWx/yL67uen/AJtvwNx3RW99x7B3&#10;buH5C7Fwe4sxtqS9RWdVS5Ra/uDBZKhlV4Kuhq9tU+UjqqepjeIr62AKKy+6919pX37r3XvfuvdF&#10;f+T/AMnsJ8dNvYKixW085293l2ZXVG2uifj/ALJlpxvbtXd0aJ5S1VUhqfCbcxQlhqt0btyejHYe&#10;jPmqHeaSlpqn3Xui71NbuD4G/G/uL5O9wbc3t8o/lfv2ij3V2Dt/obY26t3bk7J33j8XUnrn48dF&#10;7Vx1NW1+P2ftyOSfHYX7qJY4Y2yW4ssf4hkMrUze691Xds3539xYqmz/APMJ+Fvx0yn8x343fMHZ&#10;3WWU7d69+PW58JhPkN8ZflX1f17R9dbk2fnNg72KVlTga2gpcTS1mL9OSwlfS1dbJTVVLlEkHuvd&#10;JjAy/wA8/q3oruL+Zn8lvkp1ptVNm4He3yCzX8qSbqDrrN9ebW+OuxsPNuvM9TSfJfEfa7ho9+rt&#10;+lq5aXKiWtx65QRRV8c9LLJHR+691ccKH4U/BHo/vD5Vbd6o6g+NfW1VtKs767x3PsDq/aHW+X3X&#10;Bh8HLm1yu7qTbVJRzZTMMs8sFJT1JkqJKuoaGIGaoYP7r3RaP5TXQXZm3dh9zfNP5L7XqdrfLj+Y&#10;V2T/AKde0Nr5SanrMr1D1PiqR9t/GT47CtpyQYdo7QFN9xG6rKmRrsgswLrx7r3WhJ/wsX3PvLL/&#10;AM23H7f3BmTXba2l8XuoaTYWJRJIYMHh8vl87mcykiGySVFRlZa2aSoAJaIwRMSIFC+690cj/hEN&#10;/wBlT/OD/wAV/wCvf/fiv7917r6Pnv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+6918nz/hWZ072vt3+br3n3HnOuN7YvqXsLb/RmI2R2bWbay0Wwt0ZrbnQ+&#10;3sfn8Dht2mL7CbIUUsL/AHVAs/3ESFJHjEckbt7r3WsV7917r3v3Xuve/de697917r3v3Xutjr/h&#10;KHjMVkP52vxvqMjRrV1OH2H8hsnhJWQuKDKno/OYxqwWBAP2lTVQgm3+c4N7e/de6+t97917oiG/&#10;fmBmd67ly/T3wo2djPkF2pi8hVYDeXZdfXVlB8WOhcnSTfa5Qdqdq4pXXM5ygfUH2FtBqzNGYRw5&#10;RsDST/xSL3XukThKb49fAnO7b318le9pOyPln8uN87J6epuy95UiDsLtvdOV3FDi9q9RdG9V7fNS&#10;NubKwtblUlhweIRqWhWdsnna+tyNRVZWp917ot+2fk98lPhf82dy7G/mK7r2rnOg/mzv7a2F+G/y&#10;E2HHmttdNdM9gUW3mo6L4b9kbXz9XUjE5fKNHVZHAbzmlA3NVtUQzfZNFQYjHe690oPlN/L27T61&#10;7e3V89P5Xea2x1D8t8zHHX96dC7kaTH/ABl+d2JxzNUtgu2sHRvFFgt7DVL/AALsDHiKpSeSSHKN&#10;PS1M00PuvdOHxzyvSP8AN7662d8iu0/jZ8mOjptg7ll2Fvbq/sPsPeXX2yOyd79W7lr6De3WHYOy&#10;Ovs9TYbs3aG1d0wziiqty4iSgqatamCOnVDlqJ/de6DbtOSL+a98y/8AZdMHUR5b+X58Au1MDuT5&#10;W5inkFTgPk58zNmyQbp67+LtLJCfBW7b67mai3Nv2OVpYqjLnGYiSAGmqZF917q8737r3Xy+/wDh&#10;aHmdi5L+aD07j9uz0tRvHb/w169xnYf2jxkUdbU9q7zzW28fklTkVgx1XFUtrFzTT0vOnSB7r3Ri&#10;P+EQ3/ZU/wA4P/Ff+vf/AH4r+/de6+j57917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de6/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xzaf+FLtD/MR+Fv8AMg71+W2wqasovhz8n8D0ftTJ4zPjr7tzojtW&#10;v2b1HidoZLbndPx+3ectj5WjrMVVxY6tz+AW3DY2rWe5T3XutcLb+6v5bfyFqjD3Lsrtf4Ib8yRt&#10;L2D8cKJ/kL8cZK+Vixq8r8e+0MxQbxwMTtd6qfC9gZaFNQWiwcEUawt7r3XPJfy1dzbtrK2f4u/K&#10;P4ZfKnbnmMmGO3fkVsLobsvJY2QaqaWXo/5YVOxd0mrAKpUUeMoK7xyXCyyx2lb3XukHuP8Alf8A&#10;8xza1KuRyfwX+V1Xg5GZafdG2uiex95bOrCo1H7DeW0MfXYqoFvUDBWMCvqHBv7917oM6X4Q/NGt&#10;rf4dRfEP5QVeQ1aPsKXoHteordf+p+1ixJe/+Gn37r3Qu0P8rP8AmDtBFW7s+K/ZfTWJnRZY9w/J&#10;SLB/Frapp3PFY26/kdWbWxqwfkztVCMDktb37r3Wx7/wmM+Nu7Pjx/MG3zuTrztb4PfJb5EH4w9h&#10;4HGdD7Z7+3HkIdg4nJb92o+e7Wy/fWw9lbq2bJDRLCuG+x2flc3k6gZJ2NNDjkqqyP3Xut8Cv+I/&#10;bHfPr+ZXyEy+8NnVFmqPjh8daTPdB9F10DXYY3sXclFk67fm8UUHwVdNVbmx2ByMeoVe29D+Jfde&#10;6LLnvnBWptCn+Nv8tX4zLgM9ldmbp218Nu0+4+tc70h/L47D3Dsja+Q3KNldR7p2PR1Ndk2XGYzI&#10;5bAwxYTF4PM4+jq63HZ6SljSSb3XuiVZX+YX2L81Ogcn/LlwHQXae3/5vm3ussNluxOuPkVLszqX&#10;E9M7/wCm8thN07d+WtV2Vt6jgwm6tt1G8sdic1tdOucRU/xCpWmSelweNZshTe691cH2RH8YPnb/&#10;AC/Z9wfI/ZNLuD4zd69C4Hsnf+19xY7K11ftXb2U23T7zqKqVcJE2Sx+Z21OPOKujRKzH1lJ5kMU&#10;0F1917qoL4HY75j/ACS3ZjOj9u/IrD9x/CH4IfJPbmc6L/mgY6sfK94/KHZO09vLS1/xkxU3gbb2&#10;5ExZrK/ZvYPadPJV4/M0UL0dHQvm3rMnivde6PJ8y+/O0+xN51H8sr+XLlcHs75DZPa2JrvkF3xi&#10;MdTSbG/l+dEbtEkdJu+sx2NMUNR2FuSnSqi692nC8cupZM3WtS46lSWo917qw/41/G/p/wCJHSmx&#10;Pj/0TtOm2d1t19izQYnHpLJWZPJ11VO1dnd07nzNSWqMlmMrWST5DK5Oqd56qqlkmlYsx9+690DH&#10;8w355dNfy2vin2L8re7xmK3bOzIKfGbf2vt+iq6rN7739nFkg2bsbHVEEM0VE+SqkEL5CtC01Mmu&#10;aVrKFb3Xuvi6fMD5SdnfNb5Nd0fKXuDKVeT353PvnLbtyEdVXSZCLb+KmkFJtbZeJqJEjtjsFi4q&#10;PD42MRoEpqaJQotb37r3W3V/wiG/7Kn+cH/iv/Xv/vxX9+6919Hz37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691/9ff49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XyYP+FaO+957o/nP927V3FufNZnbfWnW3&#10;Q+3dgYLIV89RitoYTOdRYje2Zx2BonPjp46rLZOvr6jQoLzTMzE8W917rWm9+691737r3T5gtz7l&#10;2vUtW7Z3DnNu1jBQ1XgstX4ipYKbqGnx8kbG1+OffuvdLqr747xr4Hpa7uXtatppBaSnq+xN31ME&#10;g/o8M1YVP+xHv3XugvqKioq55amqnmqameRpZ6ioleaeaVzd5JZZCWZieSSbn37r3VuX8hv5OD4l&#10;/wA2v4T9n1uQp8btjPdu4zpre9VXSU0GNptod6U0vU2TymUqar0xU+NfLw5WSUMpUUt72BB917r7&#10;K2+9tSb02RvLZ0WVq8FLuzau4dtR5ygv9/hpM7iJsWmVorMp81OZRNH6h6lHI+vv3XutcTpr5n/z&#10;c+huoOmvh5tv+Sh2F333V8WtlbR6l313HX/Irp3o74y75wfXG312VtftDpHsLeUNS2Vk3BiKSOsq&#10;cUKWlqMXLUvSTxsymI+690fbcXTPxs/nLfFzp/v2bD9l/H/urbNVumXqruDalYuwPlj8N+9ti7kr&#10;+vO0dkUm68bd0qMLuHGZPB7iwdUZsZkhAxkgcGnmj917oaf5aHx++THxd+Ntf0Z8p+yNldzb12p3&#10;L3Nmtq9tbJxB2vTdhdfdl75qe1cbm87sZIIabb+QiyOcyuPkwWPeeipIaeCOjnem8YX3Xuiw9vfM&#10;nefam+8x/L3/AJSeG2PUdjdefb7J74+UFLtjHVvxX+AeCSMU9RhabHYxYcZuzseKDVHgevsW/gpK&#10;gCbOSUtLTVFO/uvdHw+HXwx6b+E3WNT1/wBW0uXze4t15qq3v3J3JvqvO5O4e/O1MwTPubtPt3e1&#10;SoqMplq+d5HAYrT0sRWlo4aemjjiX3Xujae/de6oW/4U0dTUfbX8lb5jwyw1UuS67xXXPbODelcg&#10;wVmxO08NX5WaojsQ8X8JfIo4P6Q2scoPfuvdfHw9+691u+f8Ihv+yp/nB/4r/wBe/wDvxX9+6919&#10;Hz37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//0N/j37r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdfI0/4V&#10;Zf8Ab775Sf8AhofHP/4HnbXv3XutdL37r3Xvfuvde9+691737r3XvfuvddqzKwZSVZSGVlJDKwNw&#10;QR9CPfuvdfdg+F+d7Y3R8QPixuXvjHtiu7M/8d+mcx21j5Kt62al7GyXXeOq95JU1EioTMcg87TL&#10;6tDlkDyBfI3uvdcvkJQfLM1OwM18Vsz0i1RR12dxHY2ze+l3bRbVyu3c1SQT4reO387sGirMquaw&#10;lXRiKnxjmGhrqSvrRUzRVEFDNF7r3RcdqZ/47fynvi7V5T5WfJXZ+Gfdfafb3b/Y3Zu6qWPacvZ/&#10;ePffZeT7a3/QdV9V4mXJ5OdWyeXmpsDtjDjJ18dFFBG8lZOstTL7r3Raq6b5y/zR4hi6Cg7Y/lrf&#10;A6pylWchuepqztb57/K7Z666WmocBt6an8nTO18mjGeasr3l3ZURCJI6XDpLJI3uvdWpfH/48dJ/&#10;FfqfafRvx6622x1R1VsqjNHt/aG1aI0tHC0h8lbk8jVzNJU1+QrJLz1+Tr55quqmZpqmaWV2c+69&#10;0M3v3Xuve/de6r+/mwbRfff8r/8AmIbVgpTW1uU+E/ydOLpVQO0+aoOmsxksJGin+0auGDSRyDyO&#10;ffuvdfEI9+691u+f8Ihv+yp/nB/4r/17/wC/Ff37r3X0fPfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3X//0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3XvfuvdaNP8+v/hNF8zfn78399fNL4vdmdKZyi7TxXXGE&#10;znV/YmT3BsDcG0JNg9c47Yq5DH7hgpMpQZWnqjjBUSazRSwtMsSwzqjTe/de6o6/6A9f5wP/ACrf&#10;GD/0dtb/APWP37r3Xv8AoD1/nA/8q3xg/wDR21v/ANY/fuvde/6A9f5wP/Kt8YP/AEdtb/8AWP37&#10;r3Xv+gPX+cD/AMq3xg/9HbW//WP37r3Xv+gPX+cD/wAq3xg/9HbW/wD1j9+6917/AKA9f5wP/Kt8&#10;YP8A0dtb/wDWP37r3X1R8HFWwYXDwZJII8jDi8fFkEpTemStjpESqSmNh+2JAwTgcW9+691Wr39k&#10;f5r/AGt2LUdZ/Gbbfxp+JnTJaaHLfKjt/O5H5A9yyUXkEQm6y+Nm2IMZt6lrwQZIJty7rq6YxkmW&#10;kWUCI+690+fHP+V78felOxqX5D9mZfsD5ffLtacxyfKf5TZym7F7E2+JWM02N6h25HT0u2tg4xJH&#10;lFPQbPw1AVicxTTVHLH3XurIvfuvde9+691737r3XvfuvdNmbwuI3Jhsvt3cGNoc1gc/jK/C5vD5&#10;OmirMblsRlaV6HJY3IUc4ZJYJ4ZHiljcFWVipBB9+6918tTdH/CPj+bRLubcUu3KP4xR7elzuXkw&#10;Mb91ZCJ0wz5CRsWjRS4RnUiAoCrMSPoSTz7917rY6/4TVfySfmz/ACrO8Pkv2B8qIupo9v8AavVO&#10;0tnbVPXW/p94VpzGG3e2arRkaaXH0Yhi8BGhwzXbiw+vv3XutwT37r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691//9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Won/wr7+MHx4yX8uDcXyiqOl+t4/kZtzt&#10;7pXbNB3hR7RwlB2jPtfI5KpwtRtXMb2ooY8hX4xYJWEFBWzywQvZ4URxf37r3Vp3xp/li/ysMl8L&#10;+gN6dkfAD4F6a/4wdVbo37vvc3xf6Boa7TVdU0GW3Tu3cG9KzCR1EMvqnrKvKS1ayI2udplYFx7r&#10;3Ujqj+T18UetPhZ238L+1+l+qO4Pjzju5PkX2r0BtDemEj39VdO7S7XnrM7hKHa2b3lSPW4bN4T+&#10;I5GgospjalqpKfxua2WaSdj7r3VFP/CPP4efFXsX+Xv3F3p2P8dumex+38v8me5eoqjsTsLrjaW9&#10;t1U3VWR6L2tgc31zi8ruakqpKPDZSi3DnKTMY+lKRZCCtngrVnhZY1917oMfjN/LZ+CGf/4VZfPv&#10;487i+K3S+4Pj/wBZ/D7bne3XnRWX2Ng6jpraHZG4Md00mSyeK6xWJcI9GTubPPDiaqiloYWrGMVO&#10;nip/D7r3Sz/m44qk/kwfzMf5XvYP8sR26RX5c9n7l2H3z8K+tchWUXQ3aGPbsHaO2aPM03QdBOMR&#10;i6zOw7jrcTT1GMoaVIqjHUc+PWKqp6mST3XutsP5zfFj47fLD479j7K+RPS/WXcOGxGw+wMntX/S&#10;HsrAbrrdj7iqdm1lCm7NjZLLQyVOGysSNaHJYyaCpT+zKvv3XutWL/hKH8FvhJ8i/wCV3muwPkH8&#10;Oviv3tvyL5Sds7fi3t3J8e+pOz93R4DG7U2xU47CR7k3tiK6tFHBJUTyQ0wm8aNJIyqC7E+691fB&#10;hf5RvwS2x8wafuzoz46/FfY2z6r469wfFj5ZdC7P652PievOydt9lZzZPZ/X1LvPpbAY3+7stVSN&#10;g3mqP4jSQvVUlfDJKlUI6VoPde61Vfml1j2x/I8/m197fMj+Vt05JQ/E/o/p34tb9+b3xm2xmsvJ&#10;s3Kdc/IjcO99s5fJY7bcpmbH4igqtnCtpq2BpRgcnWQ1EdP/AAVq2li917rdd6J7r+In80j4iba7&#10;O2pjuvfkL8be8dv0bZ3YnYu1tub0wX3+Pq4a/KbA7O2DuOKtolymFyMMaVlBWQyCOohSaIvGYZm9&#10;17qrj+SZ8APhl0RuT5z9mdX/ABw6o272Rsz+ZH8weuNgdhSbQxGX331x1vt+vo9s4jrvrzeOYiny&#10;WFwkVDPUU7Y/H1UUUqSyLMJAQB7r3Rkuk/5O38urqLq3P7m+SPxG+G/bfbG6Nxdj95/IXurubqDr&#10;rtNqzfO/dxV3YO/8pHvruLFTVNHgca9TLDSIEoqaKmgE7UtO7ze/de61b/h/8JvjF/PT/mzbu+RH&#10;TnxI6G6B/lHfA/cA2XtnEdUdF7B6gxvy/wCzcXXnJ4yTdK7IxOIkydHkZEgzmRo8gZjj8IuNxstN&#10;BUZuql9+690dT/hY38T/AI30XwK2t8pcN0n1ht35Ep8m+ptn5bujb2ysDguyN1bNrOs8/gV2pvDd&#10;uJhhrMtQ00GLxSUEOSlnWkSkijpRCmoH3XutgXqz+VT/ACvch1j1zX1/8t34EV1fXbD2hWVtbWfD&#10;349VNXWVdTt+nmqaqqqZtus8kkjszu7sWZiSSSffuvdLv+XZ8P8Arb4W9X9rdd9EzbQHxx7C773Z&#10;3z8ecXsrN1mewe3us+3dm7e3FU4OhrJtdMKKPcP8elwqY6pqKY4mTHus3leWKP3Xuj/+/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Pf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WsV/wrr/7c0dgf+J3&#10;6H/96iX37r3QxR/y9Pkl3x/LO6l21tf+Y78yMzWZr41dDbq270zmsB8HdvdYbofA7Pwu7aPp/N57&#10;r3qLau7xg8pHTnBGWfeodY5UmyEtfGk8VR7r3V+O7/8Aj090f+G7m/8A3Wy+/de61Rv+EYn/AG6f&#10;7N/8Xd7c/wDfQ9fe/de6BDaPWHY/bX/CtX+Zptnqr5Ido/FveEH8u/YeVoeyeqdp9Fb2y1Q0W2ei&#10;sfS7e3Dt35AbR3hiajEPVVNPX1cdBSUORkekhigydNDJUJN7r3SV/koRbcof5s3yP+P/APN429ke&#10;1v5yHTtbXZT42/JDt7dm5t27f330Xj8O2Ran+PW0s5NHt3CzU1DLPuPGTYTEU9VJjKzIER0c9Blh&#10;N7r3W5h29/zKbtD/AMR3vX/3mqn37r3WnF/wlD+PfbfZ/wDK7zW5Nk/On5UfHTDJ8pO2ca3X/Te0&#10;fhJnNoy1tLtTbEs+4JK35B9Ob7zwrKlZEjmRc2KULFGYaaJzK0nuvdbJfwG+LHdPxg3b83W7k7t7&#10;C+RX+mz5SUPb/X/bfaf+j+m31mtk1Px82PsdMHmsP1hQ4fB0Iw2RwmQxVNDjcBiqZoIIpoaGJJAW&#10;917oG+qsFg90/wA4P+ZLtjc+GxW49t7j+Bv8vnBbh29ncdR5fB53B5ffHemPy2GzOJyCSU9VSVVP&#10;JJBUU88bRyRsyOrKxB917rXU3lgO0v8AhKt88pe09l0G7d//AMk35r7+pcfvjZ1D99n8l8Yez62l&#10;Z6ebHCYyyNXY6mhnmxUhYNncHDLjKnzZPE0dcPde62JP5N2/Nm9pdbfNnsnrvcuI3lsLf38zD5f7&#10;w2Zu3b9ZFkMJuTbG4s5i8rhM3iq2ElZYKmnljlicfVWH0PHv3Xuqif59vzG7g+Z/yF63/kAfALMN&#10;L2/3/V4aq+anZ2KaSpwvS/SdRAudymzN0VdAwkgifFGPP7oQSRvLj2oMRB9zPmpaVPde62TfhP8A&#10;Dzpz4FfGPqj4r9F4WPFbF6u27BjWyEkEUWZ3lueq/wAs3Zv7dE0V/Nk8zXvPXVb3KoXEMISCKKNP&#10;de615f8AhYlX0OU/k/7VyeMrKTI43I/LDpGvx+QoKiGsoa+hrNkbrqKSso6unLRyxSxsrxyIxVlI&#10;ZSQQffuvdWb574D/ACf7S+J9Tsja382T50bczG+uiqbBYNanY38vWkwGKq85smOmoqSfIbD6L2/u&#10;eOjQusLy43c9HXiO7JWrL+4fde6sa+MGztx9d/Gn48df7xx38H3dsXozqXZ26sT93QZD+F7j2xsH&#10;H4TOY77/ABcs9LP4KqCWLzU00kT6dUbuhDH3Xuhz9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvdf//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691r//AM+P4F/zAf5nvx4qvh/8csd8Ptj9TZPeOwt+5vtj&#10;urvDufHdh5HIbReetO2Mf1fsfrDM42hgWqeJxk33TVvPGpT7KmPqPuvdWU/AfaXyz60+OnXHUPy4&#10;2j8ecFvHqDr3rvrTC7m+O/bvY/Zm3ewMfsza0W3ajcuXwvZGxNmVG3p3+1gK4+Cpy6OWkf7qEKsR&#10;917oQPlb/s01V1LnsF8R9m9Fbq7N3PjNwbdXId/dv7+6k2jsuHK7dqqTHbvpW682Jvmszc9JXNTM&#10;+GeLGJNF5GGSidVR/de6o/8A5Ff8ur+Zj/KT+PPYXxg7H218Fe5dkbl7E7D7q23vfZPyY7/2rurG&#10;74zXWNBt/CbLze2870xVUlTishlMDiIKvMQV8NRi6WorKuPH5iaGGhl917oNOo/5c384rrD+cn8g&#10;/wCbVUbb/lwZ+m+QfUi9IZr47U/yp+SeFGB2FjMBtDF7aXH9tzdDVry5CCr2Via+uq324qVJkqoY&#10;oKSOSLwe690bv+dR/KD3l/MAi6P+SPxA7G238df5i3xa3bhMt0h3tm8nm9tYSv2mmbXJZbZe+8zt&#10;TE5qveCjkaXJYYnF1caTPV0ckP2mUrHX3Xuhxx6fzr8t8Wt3dcdldW/yzdxfIzM7Vk2Xj+09r/KP&#10;5M7V6zrFze1a7E5nfWa63rekcjWRVtJWCinixFJmPtqxaio/ynHCjiirfde6If8AyafgP/Nb/lJ/&#10;E/N/Fqo6u/l6/ISjyPcG7O1cfvSH5q/JDqOpoU3ZgMRh6nAVmCf467oWpMUmKMyVaVUF1lEZgvH5&#10;H917o/uX6r/mZ/IT5GdE5n5Bbb+G/TnxH6XzVb27n+oel/kN3Z3Z2N3Z3htHHSTdHUe9d4706n2D&#10;QY/auAz0lLuk09HQzVJyeNx8r/cxRmEe690EfSfRv82PaX8xju75fdhdWfy9R1H8hesPjx0puHrr&#10;Z3yy+RuT7B602r0fubPZePe2E3VmujKHH7myDpu3cMv8GqKHCw1Dihg/iNGsU1RN7r3VrPyO+O/U&#10;Pyy6P7J+OvfOz6DfXU/a226rbG7tu140mWlmdamiyeMq1HkpMhQVUcFfja6EiWmqoYZ4mWSNSPde&#10;6qk/lwfy6Pkj/K8/l5fIb4ldA7t6u3/25Rdu947r+LO/O18nm9u7Er8Tv/HYw9cbg7ZTauIzFbT1&#10;GJZZRl6ChxcqVVRSNHA8VNUx1EfuvdEi/lLfytP5kX8s3LfIjt/ffU3wV+XPy6+UW/Mvuvtv5O7t&#10;+eHyF6/3DlMJlMn/AHjl2ljdtj40bg+1jqcxJVZbK1CZK9dUNT+SNI6KlSP3XurIflNjf50XevRm&#10;/enunuq/5d/xr3T2Tha3ZVf3TU/M/wCSHd2Z2LtPctHLht05rZGxF+PWzIJNwQ0k7y4aqrcyaaCp&#10;VHmpp14HuvdEz/nm/wAsr5+/zKfjrsn4R/F/EfC/qX469b78653rh+wu2u+O727M3JR7B68qtrYn&#10;aL9a7U6ryeNwdPR1OSql+7XdWVlrIaemkK0LSTU4917qybYm5f5rG0dj7N2pX/Ej+XvmK/bG1Nvb&#10;ercvR/zG/kfh6TK1eFxEONqcjS4ib4r1j0sc7xNKlM9ZO0SsEM0pXW3uvdPPwk6U+YGB318gvkL8&#10;8Nw9GZTvLtfNbW2V1zsz45Zvf+5eoem/jp13QT1+0tnYTM9mYfBZOozmTzuYz+V3RkjjYxWt/Dk1&#10;fb0NHS0fuvdWIe/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/V&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691q+/zt/iZ8Yu0f5in8k7cPYnQHUO8s52r8xNy7E7Wyuf2DtvIV3auxts9YruHb2yuz6ianLb&#10;ixFFVUULU2MzJqaaNDNCsQgqamOX3XurBP52/QHRvYP8pj5gYTe3UHW+58V0z8auy96dP0WX2bgK&#10;qHqjduyOvKym2juTrXXBfBVuOgvS0tRizA6U7SUwPgkeNvde6q+/mp/ynNp7M7e+DO6/5SHV3Sfw&#10;q+a+yqvvPd3Ve6+odg7T6yxPZtX1D1iu8KDqbseDBrj8XXwbjT7nE1OSzscwYVAjr5XoWnU+691g&#10;358zfih/Oq/lTd9xd/8AQew8R8vvihldobU+QPx67N2nSVHYHxz7hHZ2K2tuXcPXVVuBGzOLxWaa&#10;krqKKspKiOoEaVOJr5JHhmEvuvdNn82/4BfBnA/zCf5FG09ufDv4ybY2p2L8pOxtj9h7V2t0d1tt&#10;jbPYGydode43MbY2Zvnb+AxtPR5jE0M8YNPjcjDNTIjSRCPxSyo/uvdJ/wDmffA34V/AL+Zd/Lb/&#10;AJnFN8WeiMP8atw9zH42/K7bkPXm0cZ1h1/v3sugnpeg/lBJsanhGKpq/C5V6mpymYGMJjeko6gM&#10;uSenqR7r3Vtn8zb4ofHX5+d6/BL4qdy9SbG7Rm272NvX5Sb0ymfxcVTn9ldBdPYikxO5dsY/NU2i&#10;qpaPfe9MxsTCZLFvUpDlMdS5KXxTy4hXpfde6pv7i6C/lG/Hj/hRHuLa/wAnOnf5dvSfxy3V/KLw&#10;2/aTbPf2xfjf170dmPkHlvmFUYht14rA9kU1Jt993VeBx9XE1XTQ/fy0kNSSzRic+/de6ua+IPxo&#10;/lAd35f5F9j/AAu6g+KO6+pMtRUXxJ72250VsXo7L/Enuibb+IwPetFNkNqbCoqjbO46vFR7pp6G&#10;XIkMVlNVRTpI1JC0fuvdapXxI23/ACc8H/Kd+UnXfZ2y/jfmvnwPkJ8zNj/GLZfUu2tu7n/mJp2L&#10;jN25aL4zY7rCm6zgq+zKeGnrqWiXHVcmnGRxqBUyfbuVf3Xur7e1NkfzZsr/AMJuqXZbS9kZr+ZY&#10;3x72bDvujoM/UJ3zntr0nZdLXby2xRbkw8z1ku96vrpJcdWTRzSZOpyDVCRs2Wljf37r3Qa/y+t1&#10;fyg/ndH0fkv5fOM238I/lh8fe0+sN094/FZJst0P3NvPD9ZbpppOy9h/IzZmNeI9tJSGiXMw7nyi&#10;ZmpgzlHjajI12OrpKyIe690l9+fCj4f5X/hUl1/isl8X+hK3DZz+V5un5Q57BVPVGyZdv7g+R1T8&#10;ssphajvPP4BqL7Ou3W8LF2zlXBJVmcLVGX7pFmHuvdIr+dh/LM+D3xo+Bvx9m2N8YOgpuza752fE&#10;rAdg931/Tmwqnt7tF+xe4nr+0Z979g19HUZmtpdwVVVVNWYypyEtKtO6UUcYpIYYU917q4Tsj+Rn&#10;/K17Lye4vu/hd8e9nbR3p1VmOst5bF6x6s2p1lt/LVrbipM/sfs7FUexYMfT4ndu2wc5RY7cmNpo&#10;sk9Jlqmknq5KRI6ce691S7/LL7K6q/lNYP5v/wAnXuvo3YO8fkN1xnJM/wDGmgxuxNkbZ3L/ADQ+&#10;j/kPuV9qdM4rddWKIw5/LUGRzZ25uarybVcGKw/3XlX+H7fykkfuvdXwfy2f5Xfxo/lzdZQU/W/U&#10;3VGH783zQVeV767h2Ts2hwlbvDdu6MoN07p2zs6eaM1eH2Pj8iRT7X2pTyJS0VFTUgkSasWeqm91&#10;7qzD37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bf49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VNP8A&#10;N0+PPd2+818A/lb0J17l+5tz/A/5g7Z7s3v0xtVsFDvzf/S+4MBVbK7R/wBG7bjraCkqs/jaSeKv&#10;ocVNVxfehJUjc1CwQze691E+UXyIm+fPx93V8RPj58dPmIm5vk3tmHrjf27u+fiD398Xes+h+u92&#10;VFJS9k7l7B3h8mttbbo8tV02ElykGOxGzI89UVWRSGF1p6SYV6+690r/AJd99YzZ/wDMC+CGJbp7&#10;5Z7wxHX1b3vL2N2H1b8N/lJ2x1TsOPs/qePbmwWznZnXO0snhp/v8g32s4xlXVnGkNLl/wCH0483&#10;v3Xuqtv52n8n7tLcnfexf5j/APL6o9yYbujPbk6+6s+bnUXXlFTyJ8hug8nvDHR5zes22oo2/imY&#10;xMdLQtkqYQyzVFPSUeRpPDksRHJU+690LP8AOE3xuOt/mOfyh8xs747/ADK7T2r8Rvknvfsn5Db6&#10;6d+Fnyn7Y2DsLZm/OvsTisDlaHeuwdpV+N3E4MsklZR7VqclU0v288FRDHVqlM/uvdXE/OT4vbL/&#10;AJinwV7x+NWc+9xWE+Q/UM9NtfJbo2/n9s5XaW7ZqaDdvWO6M9tXcVJT5WgqcPm6fGV9Xja6ihq4&#10;mhemnhjlDoPde6In/I+2L8vs10XWfI75/bD3B1/8m89s7rL4u4nbm86LKUe7aLpj4nYyr2ZQ7uzV&#10;Hn7VdPXb13fW7u3XVzeKNK+lqMXVx+am+0l9+690VrL93Ns3/hQv2R8n878efnY3x623/LCf4dzd&#10;ubb/AJeHzo35tLNd8bd+XTdjZPAbTfYPXuUqstizixJNSbloKaXD1gTXR108UkEkvuvdWKbB+Z+z&#10;Kvu3sap6g+MPys2h0om0tw/Ib5Q9y7++A3zY2BnewezP4Xtjp3rnY/SnWG7to43dm6NxyYnFJVZ5&#10;sNtWtjp8fi6VI45p66eoo/de6oS+B3wX3X8zv5ZHaHx93B1d8n/hf86+hvmd3z8z/h1253l8X+7e&#10;kcn1lv7P9mNvrqTcm3ewewtu0uHr8fmQVxW5sHQZCpq4YlNVPQE01BO3uvdWodUfzMPm32z8RaMr&#10;/L0+Xuyf5g3Uu6OgqDuPpHePx/3b131Z3JhsV8htr9ffIrK/H75Fdl0VF13UUuS23VZjL4iOr3JB&#10;PSwu1RE9VQ4+fJ+/de6K3/ME6B64/mB/Ib4WdpfEL4g/Jnp75+dc/KbpPf3YPyv3t8Ve6/i9jOo+&#10;lNhVqZHs7C9vdwdh4bCbc7BZ8fGMVhcXtfJ7ieWdPBT1UOLqJ2qvde6et6dr5iD/AIUhbO+Qo+Nf&#10;zmq/j9tP+XnuL4W5zu/GfA35gZXrWDvY/JjJb1FFQ5/HbLlNdt9qVolj3fQRTYSTyJUx170GqsX3&#10;XuhZ/wCFFuZ3duj439GdO9WdC/KbvjsWm+W/xj7wyGF+P/xc777oxWJ616u7Amzm8Mzmt89f7frt&#10;vUdXClKI4cNU5ZMlMZoZI6RqZmnT3Xur8+v984XsvZm3t+bcot443B7noBkcbQ9gdd9gdTbzpqdp&#10;WhEe4euO1MZhtw4ie6EmlyuLppguljHpZSfde61tf5g++q/Ffz2f5W/euG+MnzO3z1j8SdlfLnaP&#10;yM7m6p+Cfyv7Q2dtyTu3pWTA9XUGI3dsDZmQXddLDW1srVT7XbJw0L1EyOVqVq4Yvde62eUYOiuo&#10;YK6qwDo8bgMLgNHIAyn+oYAj6EX9+691y9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvdf/X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691TP/ADo/jbJub4RfMb5Mdd/IT5f/AB9716L+LPanaux919B/ML5N&#10;9S7UjqukNj5XsqkxOU6e2Tuuj2ZVfxT7WWgyGRl2+a94pEtVgwQ6Pde61hv+E7fxl+S382z46d79&#10;1fJL+b9/OL2Zlut+6qTq7a+F6P8Anbv7bGOkx0WxcfuzIZTPzb9p9zS1M0suSSKFac0yxLExbzGU&#10;eL3Xun35c/OH+bD/AMJufmX0ltfvj5Tb3/mO/APuvHVFZtiXuyloqrt2s2/syto8f2Ht+PfuSafK&#10;0u8cAmUoqiGrnzFVjMrBU0stVBDM0kVB7r3W4J2X0503/Mg6B6z7Q2b3j8m+utu9j9UU29Ome1fj&#10;H8pPkH8dMtRYLtfb1BuLA7syW3uoNy4jDZ+qghFJLSwbqxuRSlJniiSLz1Ak917rRJ/4Tk7S+WX8&#10;3vfHyp218lP5s383bZFB0dtTqnObTl6O+d/ZW2qvIVe+cvnKDLR7ik37HuZJo40xkBphTR07KzSa&#10;2kBUL7r3ViH82rof+bT/ACQ+sMT83vhp/NV+X/yU+PW0uwNrY7t3q/5p7sx/yH3JtNd11SbVweXy&#10;e4t30r0WS27k62op8NV0lFjsXU0NVVUtVSSyVEn3VF7r3Wyf/J2/mT4L+ar8G9gfKSl21RbI3zHm&#10;s31n3PsfF1U9dhtrdtbNgpZ8/BgamrLT/wAOyFFXY7NY6Gokkmgpq2KnmlmlieaT3Xuq9/8AhRx0&#10;vnuqv5efyo+cHQvyd+bvx++QHW9T1FuShruoPm38rNo9a5OkyvZW2uqMrtx+kqLd42fjKSbG5CSp&#10;L4DCUEzV6LVzSTPLVLU+691WP/Is+CXc/wDM5+AO1/lV31/OC/nX7S7CzfZXZezavDdRfzAt14HZ&#10;keM2bmUx2Lnp8dvPEZ+uE8iMTUM2RZGblEQce/de6sh+Qv8AIH+QB6e31N8Xf53f86vHd6UO38rk&#10;evYe5/nZuXefXWd3FQ46apxW2dw0G0qHa1bSxZGpWGlbJx5RhRq7TmlqdHib3Xura/5W2/d4b/8A&#10;5aPwU352luPcW4t/5X4kdF1fY27N95XI5Tdmb3hj+tqCi3fn95Z7PSy1dXkaitgqKjI11bM808zS&#10;TTOzux9+691rGfB/B5P/AIU9fIj5b/ID5edsdp0X8uT489n4zqX49/B3q7sLdHWeyuxIgTn4t699&#10;Vm1Ho67Jy1ONipKuVoqxKxauulho6zH0VBHT1nuvdWO91/yHqv4q9Z7p7E/kc/IPvn4H/IDauIym&#10;d2103H29uzuP4w90ZSkozV/3X371p8harc9HFkq6WJIcdm5pJaekkkfz0cscmuD3Xuj0fyKtw713&#10;d/Kc+Gm6+ya/NZTsXc+yN47h39k9xpNHuHI71zXa+fyW6q/PR1CpItbNXSzyVSuisJSwIBuPfuvd&#10;UbZvfnZH8/3+br8uvgzuDvrs/pL+W3/L1hzezuxerOit5V2w95fKTtHHbpn67za9gbuxsbNNgGy9&#10;JlojSM8kCUNDTfawR12QnyNN7r3Vi26f+E6nxi6Z27ld0fys+1fkJ/LT+Q9DTPkNrb26r747h7C6&#10;y3TnqWNhQ4vu3qruDN7gpNwYWUERzU0bwMhEcw8wjann917pff8ACfDNfKPO/Ej5CVHzW3BX7p+V&#10;mN+enyb2t3lnq+lw9F/EN87LqcPtCtfF0u3aWhxqY1IqGGLErjaOGj+yWn+1jWn8Y9+691e97917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Df49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RAP5sX/brL+ZZ&#10;/wCKAfMj/wCB13H7917rW9/4RLf9kF/LL/xbt/8A3zW2ffuvdFE/4WzfIfrPccvwo+JG2q3Hbl7q&#10;23nt/wDbu7sPiXir83srbW58Vj9p7IxOQp6cPLHNuKda2pgpQRIY6COV4yk1Oze691t7/wAqHo7f&#10;nxs/lr/CLo7tClq8d2L158ces8TvbC16ypXbb3LVbfjy+X2nWJN6llxE1S2MkX6BoCF9NvfuvdaJ&#10;v/COf5S/GT4xdnfO2v8Akp8jOiPj1Qbv2H0PR7Tre8e3ev8Aqak3RV4fcG55stS7dqd+5DHpWyUq&#10;VED1KUzO0ayRlwodb+691YZ/wou/nd/Gz5h/GnI/ywP5dmSzXzK7l+SO79iUG88l0ltTcO9Nv4fb&#10;2w94UPZlFtfZM+PopZ9zZ7KZHE48RxbehqaeGkSrM1UlQEp3917q8v8A4Tl/y7u0P5bH8tjbPVHe&#10;NHHg+5+3Ozd2fIfsrZ0dZDkTsLNb227hNo4bZlZW0ryQPW0eF2/izklp3aKOseoijeVYxNJ7r3WT&#10;/hTN/wBuOvnf/wCG70r/APBL7L9+691Vt/wlx+evwZ+Pv8pvY/XHfXzP+J/SPYVJ3R3TlavYfbvy&#10;L6g623nTYzK7jjnxeRqNr7zzFFXJBUoC9PM0ASReUJHv3Xurq96fzmfhZmPkp8Pfix8ZPkl0B8le&#10;0/kz3FVbVzeN6c7B2/2/jNj9Y4LrTcu9dxbty25+uslPjMfW/e4jHY+ko6yqeok+7Mq0bwo80Xuv&#10;dW6VNPBWU89JUxrNTVUMtPUQvyksE6GKWNgPwykg+/de6+XRLvD+YF/wky/mEdlY3BbHre0/hT3b&#10;uaSXb1BuR62k62+QfWGHr6mr2fNi98UUNV/d7sDbdHWTUVcjRSvFI0kk1FX4yooppfde63tv5af8&#10;6n4I/wA0rb0KdAdlLt3uKjxgyG6/jp2YaHa/cO3xBAJclWYvDGaSnz+NgPMmVwNRVwRK0YqvtZn8&#10;I917qyzrXrLYvT2z6HYHW23qbauzsXkdyZXHYGjqa+qpKGs3duas3jnzSvkpZpEjmyNfVzpAriKF&#10;XEMCRwpHGvuvdfOW/medafPz/hPR/Nw7S/mX/FzEVe5PjF8qewt2b0yuXyWLrc51dnZu2tzjfnZv&#10;x47lhx7ibEzpnTNXbZrRNA8lOtNLQ1Ek9NkaSH3Xutr3+Vh/wob+CP8AM9p9v7Dxm5V+Pnyjr6Sn&#10;Su+OvauXoaavz2XKf5VB1Bvh1pqDdcWoO0VPTpT5Xxq0s2LhiXWfde6us2R1lsXrep33V7I29Tbf&#10;n7M35k+zd7mlqa+aLOb6zOJocJltwtT1kskdPJU0+NoxNHSrFE0iNMY/NLNJJ7r3S79+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0d/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdEA/mxf9usv5ln/AIoB&#10;8yP/AIHXcfv3XutK3/hLL/Lk2f8AMz4V/JreUnym+d3xW3zhvkjDsqLd/wALvlPvToKsyG3aXrvb&#10;25IqTPYChjr8HkJPNPUR/c1mKkmEUhVZFKRNH7r3WzF8P/8AhN7/AC2/iL3bR/JWfHd2fKT5AYnc&#10;km8MF2v8uezKXtTcGF3WXilpNzRYvAYrA4eryVJJEJqLJZPGVVVTzHzRTLMkTx+691ff7917r5mP&#10;/CQf4f8AxZ+YW7/5hOzflF8fOn++cHj+rOmqDb69o9fbY3jk9mnduU3Xis9k9hZ3N001bgchPDHD&#10;bJYeopqpHihkSZZIY2X3XulV8Tdx71/4S2fzqd1fHjvWoq818GflTDicHiu4MxQUkI/0V5bcMh62&#10;7eOVWILHXbSr5JsRvegp3jR4PuKxaeQJitXuvdfSco6ykyFJS19BVU1dQV1NBWUVbRzxVNJWUlTE&#10;JqaqpamEskkciMro6MVZSCCQffuvdUV/8KZv+3HXzv8A/Dd6V/8Agl9l+/de6q2/4S4/Ar4M/IL+&#10;U3sfsfvr4YfE/u7sKr7o7pxVXvzt346dQdk7zqcZitxxwYvHVG6N54etrngpkJSnhacpGvCAD37r&#10;3V0W+P5Mfwzw/wAmvht8q/i78cPj38ae0PjP3NVbo3PkOouv8L1Hjd9dUZvq3dWys/tGs2t1xQU+&#10;Jrcj/E81isjTV9bRrOkdG8ArEifxP7r3Vwfv3XugK7P6o+OvzK6Rn2R2ns3rD5E9BdsbbxuZp6DN&#10;UuD35sPd23s3j1yW3N27ZykJngYtBPFXYfN4ydZYiYqqiqEcRyj3XutBD+cb/wAJhN1/BPAbl+f/&#10;APKz7I7GpdpdJNV9pbs6gm3JlYe2+k8DtlP4vkOw+me0cbLFkMlQ4WJJayqo69lydJSwvUJX5Ftc&#10;cXuvdbMX/Cb/APmedgfzOfgIu6u8K2PLfIToPflX0x2tueKhosaOwkpsFR7j2Z2RLj8YiU0FTkaC&#10;s+0yKQxxo9dRVU8cMMM0UY917q8DMYrqnvTYu59qZ/Hde9xdZ7jm3ZsHee28xR7b7C2LnajbWfqt&#10;nb52XufD1q1mPqnx+Uoa3FZbG1cbGCqp56aojWaKRF917rSH/m7/APCR7ZZwO8Pkx/Kprc5sjsDb&#10;S1W86v4mZLLV2SwW45ccXy1SOhd610zZHEZZWQNj8HkpqimnlIipazHLHDBJ7r3R2/8AhKJ/Nf7r&#10;+c/Rvcnxg+UW6M1v3uv4n/3NqttdlbnZp92756k3aa3D0OO3nkJP3q7L7dr8a1LU5OstUVVPV0fn&#10;aeqiqaiT3Xutt/37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//&#10;0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;XvfuvdUj/wA8/wCePxA+PP8AL7+dPSna3yI6k2x3l2r8Oe8Ov+v+jqjfe3Z+5dz5jujrDOdd7Frs&#10;d1hSTyZs42oyE7K+VahFHGsUzSToI2I917rXK/4Ry/OT4idI/Hf5I/Hfuz5E9SdN9uby+R2B3nsb&#10;a3a++tuddvv3Fbn2Phtj4qi2PkN21NJTZXJNk6J6Y4qilkq/3ImWFlkBHuvdb9vv3Xuio/Kz5zfE&#10;P4Q7U/vf8q/kR1N0lS1WB3LuHbeC3zvfb+G3vv6j2jFBJuCm602JVVC5fcVXTmrpI5KTDUdRKr1E&#10;CsoMqX917r55P/CPr5q/Fb4m9/fMLbfyb736w6BXt7rDrCbYm5e4N4YfrzZOWrOvNw5mo3BiJt77&#10;qkpcRS1nhy1PLTU1ZWxSVAWQU6ysjAe691uc/wA7j+VzsD+b38G8js/as226jvXYWMre1viP2dFX&#10;UUuK/vZXYiKqbak+46ZjG23N5UUVPQVsySvBHIKDKaJ2x8Mbe691rnfyC/8AhRLsv407El/lt/zV&#10;9zZfpbdvxzr8j1n1V29vzDZhqXC4XZlRLhajpDuL7CCepxeQ25LTtQYnJVEP270qJR1UkE1LDJW+&#10;691ZH/wpN/mT/Abdf8pD5QdF9f8Ay/8Ajv2n3F3HiukKXr7rbqbtzYvZ27cxSzdubR7PiztVidj1&#10;1c9DjJNvQPl6fI13hp6inMZppJnmhST3Xuq0f+E4n89H+WF8GP5bWE+Ofyz+Q+R6b7X213F2ln5M&#10;HV9Nd477o8tt/dtfT5jEZnFZvqnbmepPGQ0lPJDVzQTrLE/7JiMcsnuvdXMdyf8ACsX+S/1317n9&#10;1dc9/bz7+3lj6KrbA9YbE6J712jm9w5JKGaegppNyduba2/hqOmknSKCaokrnkjEgkSnmCsB7r3R&#10;wP5IeZ7X7u+I+W+eHf2PpsV3P/MI7N3D8k8hgKWSqnoNhdRrSU3W/wAeOtNvT1kcTnFY3Z+DxtdS&#10;toHnnyFVWyaqirndvde6pe/kbfzwuvOh/iZ1D8Wf5l2E7I+JR2nTZHDfF35K9z9cb82t0B8hulp8&#10;vkMjsKHDdnV2OTF0lXiaKGoxdNUTyrjauioad4K6SsaanX3XurMv5k/893+XF0r8V+1MX1P8lulf&#10;lt3p2psjdPWHSnRXxq7B2p33uPfPZG+sJUbZ2vi87H1lUZaDF477qojesnyDI0kQaGjhq6yWnpZv&#10;de6RH/CY3+Wv2x/Lo/l91sPyBwlRtLvH5J9iSd1bq2FXXjzHXG1pNsUG3NhbJ3PS/wC6MulNTVGT&#10;yVMxElLJW/ZTqlRSyqPde6JZ8H/5xmK+Enyv/mO/H3517A7g6p+JGZ/mT/MXOfGr5q5LqvsLJfHq&#10;gzef72rqHf3T+6d9YfGzUVKkO4JvvKbJQvPDBVZCrhyclDGlO7+691cT8hP58/8AKX+PXTef7irv&#10;nH8d+2FxeFbI4XrboftfYvcHbO7snNTCXE7cxWwtkV9XW0lTVStHA0+XSkpaQsXrqimijldPde6q&#10;h/4S4fAPvXqLH/MD+Yl8kuuq/pnePz23zHuTrDp/MU1TjNwbR6tbd2a33W53NYeshp56WLM5DLwR&#10;4inqqeGY0VBHWeIQV0B9+691tu+/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuv/09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3SBrOqursh11TdP1/W+wa7qWi2/h9p0fV1Zs/b1T11SbV29DDT4DbVNsmanbGR4+hjpqdKOiW&#10;lEMKxRrGihFA917oFeoPgt8JPj3uU706D+HXxX6P3iYWpjuzqD499SdablNO0bwtAc7szEUVVoKS&#10;SKU8trOwtZjf3XujUe/de6S9NsfZVFt7M7Ro9obXpNqbiq931+4NsU238TBt7O13YOZrNx79rMzh&#10;YoRTVUucyORyFfmJJ4masqKmonqDJLNIze690WrZX8vn4Eda75h7Q65+EPxC2B2XT182Vp+w9lfG&#10;rpnau+YMnU1Yr6jIw7twWFgyCzyTgTPMtQHaQByS3Pv3Xuje+/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de6//1N/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9lQSwMEFAAGAAgAAAAhAKqanBrcAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe+C/2EZwZvdxGKjMZtSinoqQltBvE2TaRKanQ3ZbZL+e0cvenkwvMd732TL&#10;ybZqoN43jg3EswgUceHKhisDH/vXu0dQPiCX2DomAxfysMyvrzJMSzfyloZdqJSUsE/RQB1Cl2rt&#10;i5os+pnriMU7ut5ikLOvdNnjKOW21fdRtNAWG5aFGjta11Scdmdr4G3EcTWPX4bN6bi+fO0f3j83&#10;MRlzezOtnkEFmsJfGH7wBR1yYTq4M5detQbkkfCr4j0lSQzqIKF5sgCdZ/o/ff4NAAD//wMAUEsD&#10;BBQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrC&#10;MBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14Z&#10;pwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q3&#10;1MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGkgD71r+&#10;9Vn3AgAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADX9cHSvAgAA9gcAAA4AAAAAAAAAAAAA&#10;AAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAA7GIVDbYAoA22AKABUAAAAAAAAA&#10;AAAAAAAAFwUAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItABQABgAIAAAAIQCqmpwa3AAAAAUB&#10;AAAPAAAAAAAAAAAAAAAAACVmCgBkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAWGCzG7oA&#10;AAAiAQAAGQAAAAAAAAAAAAAAAAAuZwoAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAA&#10;BgAGAH0BAAAfaAoAAAA=&#10;">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Immagine 1" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:59531;height:8724;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAJ4CifwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwl5EU2VZpBpFdIXdvSw+0OvQjG2xmXSbGOu/N8KCp+Hje85s0ZpKBGpcaVnBaJiAIM6s&#10;LjlXcNhvBhMQziNrrCyTgjs5WMy7nRmm2t54S2HncxFD2KWooPC+TqV0WUEG3dDWxJE728agj7DJ&#10;pW7wFsNNJcdJ8iENlhwbCqxpVVB22V2Nguvk5P8Oo35Yh59TeP+m3yN9npV667XLKQhPrX+J/91f&#10;Os6H5yvPK+cPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAngKJ/BAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                 <v:imagedata r:id="rId2" o:title="" croptop="1792f" cropbottom="57246f" cropleft="2469f" cropright="341f"/>
               </v:shape>
               <v:shape id="Immagine 2" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:57912;top:1981;width:4133;height:6756;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4jJJ1xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIIXqVktFFmNIkpBsJfqXnp7bp6bbTcvS5Lurv/eFAo9DjPzDbPeDrYRHflQO1Ywn2Ug&#10;iEuna64UFJe35yWIEJE1No5JwZ0CbDejpzXm2vX8Qd05ViJBOOSowMTY5lKG0pDFMHMtcfJuzluM&#10;SfpKao99gttGLrLsVVqsOS0YbGlvqPw+/1gF7/sv35visJzOp8fi9Mm35uXaKTUZD7sViEhD/A//&#10;tY9awQJ+r6QbIDcPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPiMknXEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                 <v:imagedata r:id="rId2" o:title="" croptop="59000f" cropbottom="1212f" cropleft="2416f" cropright="58501f"/>
               </v:shape>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0FbuvoBQGD5/FBuYn27yrh3wDN6Ac4UXXzvlfqSPujVS7DQUquG/mQTrVveqD4g0HZ1boeI+mpOLoVOmc1thHg==" w:salt="nKvWArdzcUdUNUhZpJxr7w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="nu4SyQbC4qBsr1z4GPGsmwnLjO2UoN3zwCsB08pYEHM5Sc7q7RDxFPRrsmZo1DEOWeDT/KzjMhNbI9d1KzQgaA==" w:salt="S2GfGmtW3Ub9qAXtdbTSPQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F42399"/>
     <w:rsid w:val="0008156A"/>
     <w:rsid w:val="00095EAB"/>
     <w:rsid w:val="000C5D7C"/>
+    <w:rsid w:val="000F7986"/>
     <w:rsid w:val="00130B68"/>
     <w:rsid w:val="0017230B"/>
+    <w:rsid w:val="00194144"/>
     <w:rsid w:val="001E4961"/>
     <w:rsid w:val="00287C15"/>
     <w:rsid w:val="003703FA"/>
     <w:rsid w:val="00373DF2"/>
     <w:rsid w:val="003749D6"/>
     <w:rsid w:val="0043210B"/>
     <w:rsid w:val="004A610E"/>
+    <w:rsid w:val="00557A8F"/>
+    <w:rsid w:val="00557ECA"/>
     <w:rsid w:val="00563650"/>
     <w:rsid w:val="00581E90"/>
     <w:rsid w:val="005C4817"/>
     <w:rsid w:val="005D0576"/>
     <w:rsid w:val="005D634A"/>
     <w:rsid w:val="005E0779"/>
     <w:rsid w:val="005F29EF"/>
     <w:rsid w:val="005F66EF"/>
     <w:rsid w:val="006078B3"/>
     <w:rsid w:val="00613818"/>
     <w:rsid w:val="006240AD"/>
     <w:rsid w:val="006640AC"/>
     <w:rsid w:val="00691B75"/>
+    <w:rsid w:val="006D336B"/>
     <w:rsid w:val="006F10DF"/>
     <w:rsid w:val="00714359"/>
+    <w:rsid w:val="00717109"/>
+    <w:rsid w:val="0074463D"/>
+    <w:rsid w:val="00763D81"/>
     <w:rsid w:val="00775F66"/>
+    <w:rsid w:val="00777F29"/>
     <w:rsid w:val="00786558"/>
     <w:rsid w:val="007A4C1D"/>
     <w:rsid w:val="007E40C6"/>
     <w:rsid w:val="00807A1B"/>
     <w:rsid w:val="008409BF"/>
     <w:rsid w:val="00865B34"/>
     <w:rsid w:val="00890431"/>
     <w:rsid w:val="00890D4A"/>
     <w:rsid w:val="00891AA6"/>
     <w:rsid w:val="008C4E9F"/>
     <w:rsid w:val="00911327"/>
     <w:rsid w:val="009259C2"/>
     <w:rsid w:val="009324AD"/>
+    <w:rsid w:val="00957D98"/>
     <w:rsid w:val="00962BC2"/>
     <w:rsid w:val="0097510B"/>
     <w:rsid w:val="00985351"/>
     <w:rsid w:val="009E0200"/>
     <w:rsid w:val="00A269CD"/>
+    <w:rsid w:val="00A723BC"/>
+    <w:rsid w:val="00AC6151"/>
     <w:rsid w:val="00AD2A80"/>
+    <w:rsid w:val="00AF4BBB"/>
     <w:rsid w:val="00B475DF"/>
     <w:rsid w:val="00BE3DA1"/>
     <w:rsid w:val="00C57153"/>
     <w:rsid w:val="00CA4CF7"/>
     <w:rsid w:val="00CA7BF7"/>
     <w:rsid w:val="00CF75CF"/>
+    <w:rsid w:val="00D075E8"/>
     <w:rsid w:val="00D23905"/>
     <w:rsid w:val="00D32197"/>
+    <w:rsid w:val="00DA258F"/>
     <w:rsid w:val="00DD3490"/>
     <w:rsid w:val="00E079D3"/>
     <w:rsid w:val="00E377B2"/>
     <w:rsid w:val="00E5174E"/>
     <w:rsid w:val="00E86AC1"/>
     <w:rsid w:val="00E9177C"/>
+    <w:rsid w:val="00EB0581"/>
     <w:rsid w:val="00F0508D"/>
     <w:rsid w:val="00F1408E"/>
+    <w:rsid w:val="00F1620A"/>
     <w:rsid w:val="00F25700"/>
     <w:rsid w:val="00F42399"/>
     <w:rsid w:val="00F70236"/>
+    <w:rsid w:val="00F90F55"/>
     <w:rsid w:val="00FA1954"/>
     <w:rsid w:val="00FD710F"/>
     <w:rsid w:val="00FF73CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="747B02C8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FB959629-9878-4A9A-8BF8-31B92F5A8401}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11814,55 +13508,65 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titoloricerca">
     <w:name w:val="Titolo ricerca"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Gill Sans Light" w:hAnsi="Gill Sans Light" w:cs="Gill Sans Light" w:hint="cs"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisione">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00763D81"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="139462390">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="212009839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11908,217 +13612,231 @@
       </w:divBdr>
     </w:div>
     <w:div w:id="1760059650">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:redazionetechne@sitda.net" TargetMode="External"/></Relationships>
+</file>
+
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="236CF2D694674E3684D2D3B9E01597B1"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F8F380C3-5B44-4F10-BB73-5A12725FF884}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A6616B" w:rsidRDefault="00BB497F" w:rsidP="00BB497F">
           <w:pPr>
             <w:pStyle w:val="236CF2D694674E3684D2D3B9E01597B1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Immettere il contenuto che si vuole ripetere, inclusi altri controlli contenuto. È anche possibile inserire il controllo intorno alle righe di tabella per ripetere parti di una tabella.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000A87" w:usb1="08000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000101" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans Light">
-    <w:altName w:val="Segoe UI Semilight"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E3F3A"/>
     <w:rsid w:val="000D746E"/>
+    <w:rsid w:val="000F7986"/>
     <w:rsid w:val="0010132F"/>
     <w:rsid w:val="001034B2"/>
+    <w:rsid w:val="00557A8F"/>
     <w:rsid w:val="00563650"/>
     <w:rsid w:val="005E3F3A"/>
+    <w:rsid w:val="00706D34"/>
+    <w:rsid w:val="0074463D"/>
     <w:rsid w:val="007D0537"/>
     <w:rsid w:val="007E40C6"/>
+    <w:rsid w:val="00996A5F"/>
     <w:rsid w:val="00A6616B"/>
+    <w:rsid w:val="00AC3572"/>
+    <w:rsid w:val="00AC6151"/>
     <w:rsid w:val="00AD2A80"/>
+    <w:rsid w:val="00AF4BBB"/>
     <w:rsid w:val="00B344EE"/>
     <w:rsid w:val="00BB497F"/>
+    <w:rsid w:val="00BD37D7"/>
+    <w:rsid w:val="00C267E8"/>
     <w:rsid w:val="00D33BEE"/>
     <w:rsid w:val="00D6791A"/>
     <w:rsid w:val="00DD3490"/>
     <w:rsid w:val="00F0508D"/>
     <w:rsid w:val="00FD710F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12526,51 +14244,51 @@
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BB497F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="236CF2D694674E3684D2D3B9E01597B1">
     <w:name w:val="236CF2D694674E3684D2D3B9E01597B1"/>
     <w:rsid w:val="00BB497F"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -12813,76 +14531,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D71346E-3C3D-4B19-A117-103023FDD979}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5312</Characters>
+  <Pages>5</Pages>
+  <Words>1607</Words>
+  <Characters>9162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6231</CharactersWithSpaces>
+  <CharactersWithSpaces>10748</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Casta</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>5a8979c98508e774342bac19cf0fb3e93e7f29d02282b3216b75ac2a71c6e12a</vt:lpwstr>
   </property>